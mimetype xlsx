--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -5,551 +5,467 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr filterPrivacy="1"/>
   <bookViews>
-    <workbookView xWindow="1956" yWindow="1956" windowWidth="21084" windowHeight="6660" activeTab="1"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="38400" windowHeight="17136" firstSheet="1" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Blad1" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="130">
+  <si>
+    <t>Titel</t>
+  </si>
+  <si>
+    <t>Eigenaar</t>
+  </si>
+  <si>
+    <t>Projectleider</t>
+  </si>
+  <si>
+    <t>Budget in 2025</t>
+  </si>
+  <si>
+    <t>Totale looptijd</t>
+  </si>
+  <si>
+    <t>Korte inhoud</t>
+  </si>
+  <si>
+    <t>Aanpassing vakken t.b.v. nieuwe curriculum Nanobiology</t>
+  </si>
+  <si>
+    <t>Joris Pothof</t>
+  </si>
+  <si>
+    <t>Ontwikkeling en aanpassing van vakken t.b.v. het nieuwe curriculum Nanobiology</t>
+  </si>
+  <si>
+    <t>Ontwikkeling 2 nieuwe keuzevakken voor de MSc Nanobiology</t>
+  </si>
+  <si>
+    <t>Digitalisering van het onderwijs: Versnellingsplan</t>
+  </si>
+  <si>
+    <t>Maarten Frens</t>
+  </si>
+  <si>
+    <t>Matijs Doets/ Daan Schilperoord</t>
+  </si>
+  <si>
+    <t>Middelen t.b.v. online onderwijs en toetsing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diversiteit en Inclusie </t>
+  </si>
+  <si>
+    <t>Kosten diversiteits officer</t>
+  </si>
+  <si>
+    <t>Ontwikkelen van nieuwe opleidingen en opstartkosten</t>
+  </si>
+  <si>
+    <t>Kosten in de aanloop naar ontwikkeling van nieuwe opleidingen</t>
+  </si>
+  <si>
+    <t>Ondersteuning van studenten: Studenten welzijnsdag</t>
+  </si>
+  <si>
+    <t>Voor en door studenten georganiseerde dag t.b.v. verbinding</t>
+  </si>
+  <si>
+    <t>IVTG deskundige</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Middelen t.b.v </t>
+  </si>
   <si>
     <t>8. Loopbaancentrum Erasmus MC</t>
   </si>
   <si>
     <t>9. Stage registratie Dashboard interne en externe opleidingen</t>
   </si>
   <si>
     <t xml:space="preserve">     Radiologieonderwijs in de cloud</t>
   </si>
   <si>
     <t>10. Algemeen: ReMa Alumni netwerk, alumni event en career event</t>
   </si>
   <si>
     <t>11. HS/CR: Vergroten feedback geletterdheid onder docenten</t>
   </si>
   <si>
     <t xml:space="preserve">       Neuroscience: Ontwikkeling vak Robotics</t>
   </si>
   <si>
     <t>12. IenI: Modernisering didactiek en inhoud kennis-georiënteerde courses ReMa I&amp;I</t>
   </si>
   <si>
     <t>13. IenI: Professional Identity Formation (PIF)</t>
   </si>
   <si>
     <t>14. IenI: Collegeopnames: voor en door studenten</t>
   </si>
   <si>
     <t>15. GiS: Innovatie in het Hoger Onderwijs; inventarisatie van nieuwe taken en slimme oplossingen om de werkdruk te beheersen</t>
   </si>
   <si>
     <t>16. E-boeken voor Ba1 EA2030</t>
   </si>
   <si>
-    <t>Maarten Frens</t>
-[...14 lines deleted...]
-    <t>Korte inhoud</t>
+    <t>Projekt#</t>
+  </si>
+  <si>
+    <t>Contactpersoon</t>
+  </si>
+  <si>
+    <t>Project Titel</t>
+  </si>
+  <si>
+    <t>Bekostigd vanuit:</t>
+  </si>
+  <si>
+    <t>Budget 2025</t>
+  </si>
+  <si>
+    <t>Einddatum</t>
+  </si>
+  <si>
+    <t>Zeer korte beschrijving</t>
+  </si>
+  <si>
+    <t> 116962</t>
+  </si>
+  <si>
+    <t>Tanja van Kempen</t>
+  </si>
+  <si>
+    <t>1. BKO, SKO, LOL trajecten</t>
+  </si>
+  <si>
+    <t>Bestuursakkoord</t>
+  </si>
+  <si>
+    <t>Geen einddatum</t>
+  </si>
+  <si>
+    <t>Programma om de onderwijs kwalificatie trajecten BKO, SKO en LOL t.b.v. onze docenten zonder verdere kosten aan te bieden</t>
+  </si>
+  <si>
+    <t> 116964</t>
+  </si>
+  <si>
+    <t>Tanja van Kempen/Joris Pothof</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. Teaching Innovation Academy, ontwikkeling programma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ontmoetingsplaats zijn voor docenten. Bijscholing en hier kunnen ideeën worden uitgewisseld en nieuwe initiatieven ontstaan. </t>
+  </si>
+  <si>
+    <t> 116965</t>
+  </si>
+  <si>
+    <t>Daan Schilperoord/Maarten Morsink</t>
+  </si>
+  <si>
+    <t>3. Maatwerk docentprofessionalisering: Intervisie en coaching van CGO docenten</t>
   </si>
   <si>
     <t>Intervisie en coaching van CGO docenten</t>
   </si>
   <si>
+    <t> 116966</t>
+  </si>
+  <si>
+    <t>Maaike Karemaker</t>
+  </si>
+  <si>
+    <t>4. TtT voor begeleiders coschappen</t>
+  </si>
+  <si>
     <t>Onderwijs voor begeleiders van coassistenten</t>
   </si>
   <si>
+    <t> 116961</t>
+  </si>
+  <si>
+    <t>Gert Jansen</t>
+  </si>
+  <si>
+    <t>5. Ontwikkeling minoren</t>
+  </si>
+  <si>
+    <t>Ontwikkeling van 10 nieuwe 30 EC minoren t.b.v. de bachelor EA2030</t>
+  </si>
+  <si>
+    <t> 116967</t>
+  </si>
+  <si>
+    <t>Opleiding Geneeskunde</t>
+  </si>
+  <si>
+    <t>6. EA2030 bachelor</t>
+  </si>
+  <si>
+    <t>Middelen om tijdelijk de extra kosten die gemaakt worden voor het nieuwe EA2030 curriculum op te vangen</t>
+  </si>
+  <si>
+    <t> 116968</t>
+  </si>
+  <si>
+    <t>Fop v Kooten</t>
+  </si>
+  <si>
+    <t>7. EA2030 master</t>
+  </si>
+  <si>
     <t>Ontwikkeling van onderwijs t.b.v. de uitrol van EA2030 in de master GNK</t>
   </si>
   <si>
-    <t>Aanpassing vakken t.b.v. nieuwe curriculum Nanobiology</t>
-[...127 lines deleted...]
-  <si>
     <t> 116971</t>
   </si>
   <si>
     <t>MFVR</t>
   </si>
   <si>
     <t>9. Ondersteuning van studenten: Studenten welzijnsdag</t>
   </si>
   <si>
+    <t>Voor en door studenten georganiseerde dag t.b.v. verbinding tussen studenten</t>
+  </si>
+  <si>
     <t> 116972</t>
   </si>
   <si>
     <t>Leon Plomp</t>
   </si>
   <si>
     <t>10. IVTG deskundige</t>
   </si>
   <si>
+    <t>In overleg met de andere UMCs worden ten behoeve van de voortgangstoets geneeskunde vragen ontwikkeld.</t>
+  </si>
+  <si>
     <t> 116973</t>
   </si>
   <si>
     <t>Lianne vd Giessen</t>
   </si>
   <si>
     <t>11. Loopbaancentrum Erasmus MC</t>
   </si>
   <si>
+    <t xml:space="preserve">Loopbaancentrum: loopbaanadvies en studenten worden bijgestaan in persoonlijke ontwikkeling en reflectie daarop. </t>
+  </si>
+  <si>
     <t> 116974</t>
   </si>
   <si>
     <t>Christa Niehot</t>
   </si>
   <si>
     <t>12. E-boeken voor Ba1 EA2030</t>
   </si>
   <si>
+    <t>Beschikbaarheid van extra e-boeken t.b.v. studenten in het eerste bachelorjaar van EA2030</t>
+  </si>
+  <si>
     <t> 116975</t>
   </si>
   <si>
     <t>Annet Bout-Tellegen</t>
   </si>
   <si>
     <t>13. Algemeen: ReMa Alumni netwerk, alumni event en career event</t>
   </si>
   <si>
+    <t>Ontwikkeling van een netwerk t.b.v. opleidingen, studenten en alumni van de reaserch masters</t>
+  </si>
+  <si>
     <t> 116976</t>
   </si>
   <si>
     <t>Astrid van Driel</t>
   </si>
   <si>
     <t>14. HS/CR: Vergroten feedback geletterdheid onder docenten</t>
   </si>
   <si>
+    <t>Feedbackgeletterdheid van docenten (en studenten) verhogen en stimuleren hier zelf verder mee aan de slag te gaan in hun onderwijs.</t>
+  </si>
+  <si>
     <t> 116977</t>
   </si>
   <si>
     <t>Andrea Woltman</t>
   </si>
   <si>
     <t>15. IenI: Modernisering didactiek en inhoud kennis-georiënteerde courses ReMa I&amp;I</t>
   </si>
   <si>
+    <t>Vernieuwing van de inhoud van het curriculum en de daarbij passende toetsvormen.</t>
+  </si>
+  <si>
     <t> 116978</t>
   </si>
   <si>
     <t>Andrea Woltman/Annemerle Beerthuizen</t>
   </si>
   <si>
     <t>16. IenI: Professional Identity Formation (PIF)</t>
   </si>
   <si>
+    <t>Programma om studenten gedurende hun studie op persoonlijk en professioneel niveau te ondersteunen</t>
+  </si>
+  <si>
     <t> 116979</t>
   </si>
   <si>
     <t>Danique van Aalst</t>
   </si>
   <si>
     <t>17. IenI: Collegeopnames: voor en door studenten</t>
   </si>
   <si>
+    <t>Opnames van colleges door studentassistenten</t>
+  </si>
+  <si>
     <t> 116980</t>
   </si>
   <si>
     <t>Sam Riedijk</t>
   </si>
   <si>
     <t>18. GiS: Innovatie in het Hoger Onderwijs; inventarisatie van nieuwe taken en slimme oplossingen om de werkdruk te beheersen</t>
   </si>
   <si>
-    <t>Budget 2025</t>
-[...34 lines deleted...]
-  <si>
     <t>Aanpassingen in en rond het GiS curriculum: inventarisatie van nieuwe taken en slimme oplossingen om de werkdruk te beheersen</t>
   </si>
   <si>
-    <t xml:space="preserve">Ontmoetingsplaats zijn voor docenten. Bijscholing en hier kunnen ideeën worden uitgewisseld en nieuwe initiatieven ontstaan. </t>
-[...145 lines deleted...]
-  <si>
     <t>Eva Madsen</t>
   </si>
   <si>
     <t>19. Buddysysteem voor 1ste generatie studenten</t>
   </si>
   <si>
     <t>Ondersteuning voor studenten die voor het eerst binnen hun familie gaan studeren.</t>
+  </si>
+  <si>
+    <t>Internationaal netwerk buitenlandstages</t>
+  </si>
+  <si>
+    <t>Erasmus MC Beurs</t>
+  </si>
+  <si>
+    <t>Onderwijskundige ondersteuning nieuwe toetsvorm minoren</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eerlijke vergoeding inzet docenten en afdelingen </t>
+  </si>
+  <si>
+    <t>Bezinningsruimte voor studenten</t>
+  </si>
+  <si>
+    <t>Verbetering aansluiting Master op Medische Vervolg Opleidingen</t>
+  </si>
+  <si>
+    <t>Onderwijs en Studentzaken</t>
+  </si>
+  <si>
+    <t>Via Francine en Leen</t>
+  </si>
+  <si>
+    <t>Leen Blok en SR</t>
+  </si>
+  <si>
+    <t>Kamran Ikram en Adrienne Zandbergen</t>
+  </si>
+  <si>
+    <t>Totaal budget (Max 3 jaar)</t>
+  </si>
+  <si>
+    <t>Inzet Alumni voor stageplekken en om ReMa studenten beter voor te bereiden op de toekomst</t>
+  </si>
+  <si>
+    <t>€1.250 t.b.v. buitenlandreizen GNK en ReMa studenten</t>
+  </si>
+  <si>
+    <t>Extra inzet Risbo t.b.v uitwerking toetsing</t>
+  </si>
+  <si>
+    <t>Eenmalige tegemoedkoming extra inze EA2030</t>
+  </si>
+  <si>
+    <t>Bezinningsruimte voor studenten in OWC</t>
+  </si>
+  <si>
+    <t>Verbetering aansluiting Master op Medische Vervolg Opleidingen voor iedereen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0_-"/>
   </numFmts>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -580,51 +496,51 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -776,143 +692,164 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="14" fontId="2" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...43 lines deleted...]
-    <xf numFmtId="14" fontId="2" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Accent6" xfId="1" builtinId="49"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1231,1193 +1168,1096 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B3:Q21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B7" sqref="B7:C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8"/>
   <cols>
     <col min="10" max="10" width="14.8984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:17">
       <c r="B3" t="s">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J3" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K3" t="s">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="O3" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="Q3" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="2:17">
       <c r="B4" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="Q4" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="2:17">
       <c r="B5" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="Q5" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="2:17">
       <c r="B6" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>11</v>
       </c>
       <c r="K6" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="Q6" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="2:17">
       <c r="B7" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="Q7" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="2:17">
       <c r="B8" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="Q8" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="2:17">
       <c r="B9" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="Q9" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="2:17">
       <c r="B10" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="2:17">
       <c r="B11" t="s">
-        <v>0</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="2:17">
       <c r="B12" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="2:17">
       <c r="B13" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="2:17">
       <c r="B14" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="2:17">
       <c r="B15" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="2:17">
       <c r="B16" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="2:2">
       <c r="B17" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="2:2">
       <c r="B18" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="2:2">
       <c r="B19" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="2:2">
       <c r="B20" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="2:2">
       <c r="B21" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:I33"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="D37" sqref="D37"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="J12" sqref="J12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="21" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="8.8984375" defaultRowHeight="21" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4" style="22" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.796875" style="22"/>
+    <col min="1" max="1" width="4" style="20" customWidth="1"/>
+    <col min="2" max="2" width="8.8984375" style="20"/>
+    <col min="3" max="3" width="32" style="20" customWidth="1"/>
+    <col min="4" max="4" width="54" style="20" customWidth="1"/>
+    <col min="5" max="5" width="17.296875" style="20" customWidth="1"/>
+    <col min="6" max="7" width="14.3984375" style="20" customWidth="1"/>
+    <col min="8" max="8" width="19.8984375" style="20" customWidth="1"/>
+    <col min="9" max="9" width="55.69921875" style="20" customWidth="1"/>
+    <col min="10" max="16384" width="8.8984375" style="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="21" customFormat="1" ht="15.6">
-[...23 lines deleted...]
-    <row r="2" spans="1:8" s="21" customFormat="1" ht="28.8">
+    <row r="1" spans="1:9" s="19" customFormat="1" ht="31.2">
+      <c r="A1" s="14"/>
+      <c r="B1" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C1" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D1" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="E1" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="G1" s="27" t="s">
+        <v>123</v>
+      </c>
+      <c r="H1" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="I1" s="18" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="19" customFormat="1" ht="28.8">
       <c r="A2" s="2">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F2" s="6">
         <v>240000</v>
       </c>
-      <c r="G2" s="7" t="s">
-        <v>46</v>
+      <c r="G2" s="3">
+        <v>720000</v>
       </c>
       <c r="H2" s="7" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" ht="28.8">
+        <v>44</v>
+      </c>
+      <c r="I2" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="28.8">
       <c r="A3" s="8">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" s="9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>48</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F3" s="12">
         <v>60000</v>
       </c>
-      <c r="G3" s="13" t="s">
-        <v>46</v>
+      <c r="G3" s="9">
+        <v>180000</v>
       </c>
       <c r="H3" s="13" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" ht="28.8">
+        <v>44</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="19" customFormat="1" ht="28.8">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F4" s="6">
         <v>21000</v>
       </c>
-      <c r="G4" s="15">
-        <v>46752</v>
+      <c r="G4" s="3">
+        <v>63000</v>
       </c>
       <c r="H4" s="7" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8" ht="14.4">
+        <v>44</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="14.4">
       <c r="A5" s="8">
         <v>4</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C5" s="9" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D5" s="10" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E5" s="11" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F5" s="12">
         <v>5000</v>
       </c>
-      <c r="G5" s="14">
+      <c r="G5" s="9"/>
+      <c r="H5" s="30">
         <v>46022</v>
       </c>
-      <c r="H5" s="14" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:8" ht="14.4">
+      <c r="I5" s="13" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="19" customFormat="1" ht="14.4">
       <c r="A6" s="2">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F6" s="6">
         <v>438000</v>
       </c>
-      <c r="G6" s="15">
+      <c r="G6" s="3">
+        <v>610000</v>
+      </c>
+      <c r="H6" s="31">
         <v>46387</v>
       </c>
-      <c r="H6" s="15" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:8" ht="28.8">
+      <c r="I6" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="28.8">
       <c r="A7" s="8">
         <v>6</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D7" s="10" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="E7" s="11" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F7" s="12">
         <v>270000</v>
       </c>
-      <c r="G7" s="14">
+      <c r="G7" s="9">
+        <v>270000</v>
+      </c>
+      <c r="H7" s="30">
         <v>46022</v>
       </c>
-      <c r="H7" s="14" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:8" ht="14.4">
+      <c r="I7" s="13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="19" customFormat="1" ht="14.4">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="F8" s="6">
         <v>150000</v>
       </c>
-      <c r="G8" s="15">
+      <c r="G8" s="3">
+        <v>550000</v>
+      </c>
+      <c r="H8" s="31">
         <v>47118</v>
       </c>
-      <c r="H8" s="15" t="s">
+      <c r="I8" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="28.8">
+      <c r="A9" s="8">
+        <v>9</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="12">
+        <v>20000</v>
+      </c>
+      <c r="G9" s="9">
+        <v>60000</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="19" customFormat="1" ht="28.8">
+      <c r="A10" s="2">
+        <v>10</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="6">
+        <v>120000</v>
+      </c>
+      <c r="G10" s="3">
+        <v>360000</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="28.8">
+      <c r="A11" s="8">
+        <v>11</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" s="12">
+        <v>130000</v>
+      </c>
+      <c r="G11" s="9">
+        <v>390000</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="19" customFormat="1" ht="28.8">
+      <c r="A12" s="2">
+        <v>12</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" s="6">
+        <v>15000</v>
+      </c>
+      <c r="G12" s="3">
+        <v>45000</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="28.8">
+      <c r="A13" s="8">
+        <v>13</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="12">
+        <v>60000</v>
+      </c>
+      <c r="G13" s="9">
+        <v>120000</v>
+      </c>
+      <c r="H13" s="30">
+        <v>46387</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="19" customFormat="1" ht="28.8">
+      <c r="A14" s="2">
+        <v>14</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" s="6">
+        <v>50000</v>
+      </c>
+      <c r="G14" s="3">
+        <v>100000</v>
+      </c>
+      <c r="H14" s="31">
+        <v>46387</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="28.8">
+      <c r="A15" s="8">
+        <v>15</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F15" s="12">
+        <v>78000</v>
+      </c>
+      <c r="G15" s="9">
+        <v>139500</v>
+      </c>
+      <c r="H15" s="30">
+        <v>47118</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="19" customFormat="1" ht="28.8">
+      <c r="A16" s="2">
+        <v>16</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" s="6">
+        <v>12000</v>
+      </c>
+      <c r="G16" s="3">
+        <v>16500</v>
+      </c>
+      <c r="H16" s="31">
+        <v>46752</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="14.4">
+      <c r="A17" s="8">
+        <v>17</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F17" s="12">
+        <v>6000</v>
+      </c>
+      <c r="G17" s="9">
+        <v>10150</v>
+      </c>
+      <c r="H17" s="30">
+        <v>46752</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" s="19" customFormat="1" ht="28.8">
+      <c r="A18" s="2">
+        <v>18</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" s="6">
+        <v>20000</v>
+      </c>
+      <c r="G18" s="3">
+        <v>30000</v>
+      </c>
+      <c r="H18" s="31">
+        <v>46387</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="28.8">
+      <c r="A19" s="8">
         <v>19</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C9" s="9" t="s">
+      <c r="B19" s="8">
+        <v>118030</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="D9" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="11" t="s">
+      <c r="D19" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="E19" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F19" s="12">
+        <v>17000</v>
+      </c>
+      <c r="G19" s="9">
+        <v>38000</v>
+      </c>
+      <c r="H19" s="30">
+        <v>46387</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="19" customFormat="1" ht="28.8">
+      <c r="A20" s="2">
+        <v>20</v>
+      </c>
+      <c r="B20" s="28">
+        <v>118396</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="F9" s="12">
-[...80 lines deleted...]
-      <c r="G12" s="15">
+      <c r="E20" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F20" s="6">
+        <v>59820</v>
+      </c>
+      <c r="G20" s="3">
+        <v>187657</v>
+      </c>
+      <c r="H20" s="31">
+        <v>47483</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="14.4">
+      <c r="A21" s="8">
+        <v>21</v>
+      </c>
+      <c r="B21" s="29">
+        <v>118394</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" s="12">
+        <v>150000</v>
+      </c>
+      <c r="G21" s="9">
+        <v>450000</v>
+      </c>
+      <c r="H21" s="30">
+        <v>47118</v>
+      </c>
+      <c r="I21" s="13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" s="19" customFormat="1" ht="14.4">
+      <c r="A22" s="2">
+        <v>22</v>
+      </c>
+      <c r="B22" s="28">
+        <v>118393</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" s="6">
+        <v>26000</v>
+      </c>
+      <c r="G22" s="3">
+        <v>65000</v>
+      </c>
+      <c r="H22" s="31">
+        <v>46387</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="14.4">
+      <c r="A23" s="8">
+        <v>23</v>
+      </c>
+      <c r="B23" s="29">
+        <v>118395</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="E23" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" s="12"/>
+      <c r="G23" s="9"/>
+      <c r="H23" s="30">
+        <v>46022</v>
+      </c>
+      <c r="I23" s="13" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="19" customFormat="1" ht="14.4">
+      <c r="A24" s="2">
+        <v>24</v>
+      </c>
+      <c r="B24" s="28">
+        <v>118390</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F24" s="6"/>
+      <c r="G24" s="3">
+        <v>30000</v>
+      </c>
+      <c r="H24" s="31">
+        <v>46387</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="28.8">
+      <c r="A25" s="8">
+        <v>25</v>
+      </c>
+      <c r="B25" s="29">
+        <v>118391</v>
+      </c>
+      <c r="C25" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="E25" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F25" s="12">
+        <v>22962</v>
+      </c>
+      <c r="G25" s="9">
+        <v>192695</v>
+      </c>
+      <c r="H25" s="30">
         <v>46752</v>
       </c>
-      <c r="H12" s="15" t="s">
-[...257 lines deleted...]
-      <c r="H22" s="15" t="s">
+      <c r="I25" s="13" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="14.4">
-[...77 lines deleted...]
-    <row r="26" spans="1:8" ht="14.4">
+    <row r="26" spans="1:9" s="19" customFormat="1" ht="14.4">
       <c r="A26" s="2">
-        <v>25</v>
-[...24 lines deleted...]
-      <c r="A27" s="8">
         <v>26</v>
       </c>
-      <c r="B27" s="8">
-[...225 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="4"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="7"/>
+      <c r="I26" s="7"/>
+    </row>
+    <row r="27" spans="1:9" ht="14.4">
+      <c r="A27" s="8"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="9"/>
+      <c r="D27" s="10"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="9"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="13"/>
+    </row>
+    <row r="28" spans="1:9" s="19" customFormat="1" ht="14.4">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="3"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="6"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="7"/>
+      <c r="I28" s="7"/>
+    </row>
+    <row r="29" spans="1:9" ht="14.4">
+      <c r="A29" s="8"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="9"/>
+      <c r="D29" s="10"/>
+      <c r="E29" s="11"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="9"/>
+      <c r="H29" s="13"/>
+      <c r="I29" s="13"/>
+    </row>
+    <row r="30" spans="1:9" s="19" customFormat="1" ht="14.4">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="3"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="5"/>
+      <c r="F30" s="6"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="7"/>
+      <c r="I30" s="7"/>
+    </row>
+    <row r="31" spans="1:9" ht="14.4">
+      <c r="A31" s="8"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="9"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="9"/>
+      <c r="H31" s="13"/>
+      <c r="I31" s="13"/>
+    </row>
+    <row r="32" spans="1:9" s="19" customFormat="1" ht="14.4">
+      <c r="A32" s="2"/>
+      <c r="B32" s="2"/>
+      <c r="C32" s="3"/>
+      <c r="D32" s="4"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="6"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="7"/>
+      <c r="I32" s="7"/>
+    </row>
+    <row r="33" spans="1:9" ht="15" thickBot="1">
+      <c r="A33" s="21"/>
+      <c r="B33" s="21"/>
+      <c r="C33" s="22"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="24"/>
+      <c r="F33" s="25"/>
+      <c r="G33" s="22"/>
+      <c r="H33" s="26"/>
+      <c r="I33" s="26"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<TemplafyFormConfiguration><![CDATA[{"formFields":[],"formDataEntries":[]}]]></TemplafyFormConfiguration>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <TemplafyTemplateConfiguration><![CDATA[{"transformationConfigurations":[],"templateName":"blankspreadsheet","templateDescription":"","enableDocumentContentUpdater":false,"version":"2.0"}]]></TemplafyTemplateConfiguration>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA36A76-3B54-468A-BBF8-2CAC56C26734}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BDFBEA-AC99-494E-B4AC-B406D5E20D32}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BDFBEA-AC99-494E-B4AC-B406D5E20D32}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA36A76-3B54-468A-BBF8-2CAC56C26734}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Blad1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TemplafyTenantId">
     <vt:lpwstr>erasmusmc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TemplafyTemplateId">
     <vt:lpwstr>970965601778925958</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TemplafyUserProfileId">
     <vt:lpwstr>637737781110599175</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TemplafyFromBlank">
     <vt:bool>true</vt:bool>
   </property>
 </Properties>
 </file>