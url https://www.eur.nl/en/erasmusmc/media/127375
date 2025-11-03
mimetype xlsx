--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -15,53 +15,53 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14172" windowHeight="8592" tabRatio="895"/>
   </bookViews>
   <sheets>
-    <sheet name="1. Format NL FOA2026" sheetId="50" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="3. Begrotingsformat FOA2026" sheetId="52" r:id="rId3"/>
+    <sheet name="1. Format NL FOA" sheetId="50" r:id="rId1"/>
+    <sheet name="2. Format ENG FOA" sheetId="51" r:id="rId2"/>
+    <sheet name="3. Begrotingsformat FOA" sheetId="52" r:id="rId3"/>
     <sheet name="EUR strategie" sheetId="40" r:id="rId4"/>
     <sheet name="Koers 28 Strategie" sheetId="41" r:id="rId5"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="V20" i="52" l="1"/>
   <c r="AC51" i="52"/>
   <c r="AC50" i="52"/>
   <c r="AC49" i="52"/>
   <c r="AC48" i="52"/>
   <c r="AC47" i="52"/>
   <c r="AC52" i="52" s="1"/>
   <c r="AC46" i="52"/>
   <c r="P52" i="52"/>
   <c r="AC42" i="52"/>
   <c r="AC41" i="52"/>
@@ -1370,58 +1370,50 @@
       <t>:</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Leken samenvatting. Max 50 woorden</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Facultaire Onderwijsagenda 2026
-[...6 lines deleted...]
-  <si>
     <t>Name writer of the project:                                          Email adress:                                                 Telephone:</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Name of the program(s):</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Name owner:</t>
@@ -1801,50 +1793,58 @@
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Beoogd Budget per jaar (vul ook de bladzijde "Begrotingsformat FOA2026"volledig in):</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Facultaire Onderwijsagenda
+Titel: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Facultaire Onderwijsagenda
+Title: </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="6">
     <numFmt numFmtId="42" formatCode="_-&quot;€&quot;\ * #,##0_-;_-&quot;€&quot;\ * #,##0\-;_-&quot;€&quot;\ * &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="44" formatCode="_-&quot;€&quot;\ * #,##0.00_-;_-&quot;€&quot;\ * #,##0.00\-;_-&quot;€&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
     <numFmt numFmtId="165" formatCode="&quot;€&quot;\ #,##0_-"/>
     <numFmt numFmtId="166" formatCode="0.0_ ;[Red]\-0.0\ "/>
     <numFmt numFmtId="167" formatCode="0.00_ ;[Red]\-0.00\ "/>
   </numFmts>
   <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -3252,95 +3252,95 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="42" fontId="17" fillId="17" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="42" fontId="17" fillId="17" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="18" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="18" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="42" fontId="23" fillId="18" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="42" fontId="24" fillId="17" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="42" fontId="24" fillId="17" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="42" fontId="17" fillId="17" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="13" borderId="19" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="13" borderId="41" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="39" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="40" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34"/>
     <cellStyle name="40% - Accent3" xfId="3" builtinId="39"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta" xfId="1" builtinId="4"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/></Relationships>
 </file>
 
@@ -3656,401 +3656,399 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:A17"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="96.8984375" defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="1" width="128" style="2" customWidth="1"/>
     <col min="2" max="16384" width="96.8984375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="46.8">
       <c r="A1" s="1" t="s">
-        <v>148</v>
+        <v>213</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" s="5" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="4" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" s="5" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" s="4" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:1" ht="78">
       <c r="A6" s="5" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" s="4" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="8" spans="1:1" ht="78">
       <c r="A8" s="5" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="9" spans="1:1" ht="78">
       <c r="A9" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="10" spans="1:1" ht="46.8">
       <c r="A10" s="5" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
     </row>
     <row r="11" spans="1:1" ht="31.2">
       <c r="A11" s="4" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="12" spans="1:1" ht="62.4">
       <c r="A12" s="5" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="13" spans="1:1" ht="115.8" customHeight="1">
       <c r="A13" s="4" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:1">
       <c r="A17" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:A17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A21" sqref="A21"/>
+      <selection activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="96.8984375" defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="1" width="128" style="2" customWidth="1"/>
     <col min="2" max="16384" width="96.8984375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="46.8">
       <c r="A1" s="1" t="s">
-        <v>149</v>
+        <v>214</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" s="5" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="4" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" s="5" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" s="4" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="6" spans="1:1" ht="78">
       <c r="A6" s="5" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="7" spans="1:1" ht="46.8">
       <c r="A7" s="99" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="8" spans="1:1" ht="78">
       <c r="A8" s="5" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="9" spans="1:1" ht="78">
       <c r="A9" s="4" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="10" spans="1:1" ht="46.8">
       <c r="A10" s="5" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="11" spans="1:1" ht="31.2">
       <c r="A11" s="4" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="12" spans="1:1" ht="62.4">
       <c r="A12" s="5" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:1" ht="115.8" customHeight="1">
       <c r="A13" s="4" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="17" spans="1:1">
       <c r="A17" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:AD58"/>
   <sheetViews>
     <sheetView topLeftCell="A2" zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="P133" sqref="P133"/>
+      <selection activeCell="L127" sqref="L127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8"/>
   <cols>
     <col min="1" max="1" width="7.5" customWidth="1"/>
     <col min="2" max="2" width="20.69921875" customWidth="1"/>
     <col min="3" max="3" width="33.69921875" customWidth="1"/>
     <col min="4" max="8" width="12.09765625" customWidth="1"/>
     <col min="9" max="14" width="14.3984375" customWidth="1"/>
     <col min="15" max="15" width="17.19921875" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="15.09765625" customWidth="1"/>
     <col min="17" max="17" width="12.09765625" customWidth="1"/>
     <col min="18" max="18" width="17.19921875" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="16.09765625" customWidth="1"/>
     <col min="20" max="20" width="12.09765625" customWidth="1"/>
     <col min="21" max="21" width="17.19921875" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16.09765625" customWidth="1"/>
     <col min="23" max="23" width="12.09765625" customWidth="1"/>
     <col min="24" max="24" width="17.19921875" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.09765625" customWidth="1"/>
     <col min="26" max="26" width="12.09765625" customWidth="1"/>
     <col min="27" max="27" width="17.19921875" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="17.296875" customWidth="1"/>
     <col min="29" max="29" width="16.69921875" customWidth="1"/>
     <col min="30" max="30" width="15.69921875" customWidth="1"/>
     <col min="31" max="31" width="41.296875" customWidth="1"/>
     <col min="33" max="33" width="14" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="143.25" customHeight="1">
       <c r="A1" s="100"/>
-      <c r="B1" s="209" t="s">
-[...29 lines deleted...]
-      <c r="AD1" s="210"/>
+      <c r="B1" s="218" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1" s="219"/>
+      <c r="D1" s="219"/>
+      <c r="E1" s="219"/>
+      <c r="F1" s="219"/>
+      <c r="G1" s="219"/>
+      <c r="H1" s="219"/>
+      <c r="I1" s="219"/>
+      <c r="J1" s="219"/>
+      <c r="K1" s="219"/>
+      <c r="L1" s="219"/>
+      <c r="M1" s="219"/>
+      <c r="N1" s="219"/>
+      <c r="O1" s="219"/>
+      <c r="P1" s="219"/>
+      <c r="Q1" s="219"/>
+      <c r="R1" s="219"/>
+      <c r="S1" s="219"/>
+      <c r="T1" s="219"/>
+      <c r="U1" s="219"/>
+      <c r="V1" s="219"/>
+      <c r="W1" s="219"/>
+      <c r="X1" s="219"/>
+      <c r="Y1" s="219"/>
+      <c r="Z1" s="219"/>
+      <c r="AA1" s="219"/>
+      <c r="AB1" s="219"/>
+      <c r="AC1" s="219"/>
+      <c r="AD1" s="219"/>
     </row>
     <row r="2" spans="1:30" ht="22.8">
       <c r="B2" s="101"/>
     </row>
     <row r="3" spans="1:30" ht="15" customHeight="1"/>
     <row r="4" spans="1:30" ht="15" customHeight="1">
       <c r="A4" s="102" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B4" s="103"/>
       <c r="C4" s="104"/>
       <c r="D4" s="104"/>
     </row>
     <row r="5" spans="1:30" ht="15" customHeight="1">
-      <c r="A5" s="211" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="211"/>
+      <c r="A5" s="220" t="s">
+        <v>159</v>
+      </c>
+      <c r="B5" s="220"/>
       <c r="C5" s="104"/>
       <c r="O5" s="105"/>
       <c r="P5" s="105"/>
       <c r="Q5" s="105"/>
       <c r="R5" s="105"/>
       <c r="S5" s="105"/>
       <c r="T5" s="105"/>
       <c r="U5" s="105"/>
       <c r="V5" s="105"/>
       <c r="W5" s="105"/>
       <c r="X5" s="105"/>
       <c r="Y5" s="105"/>
       <c r="Z5" s="105"/>
       <c r="AA5" s="105"/>
       <c r="AB5" s="105"/>
       <c r="AC5" s="105"/>
       <c r="AD5" s="105"/>
     </row>
     <row r="6" spans="1:30" ht="15" customHeight="1">
       <c r="A6" s="102" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B6" s="102"/>
       <c r="C6" s="104"/>
       <c r="O6" s="105"/>
       <c r="P6" s="105"/>
       <c r="Q6" s="105"/>
       <c r="R6" s="105"/>
       <c r="S6" s="105"/>
       <c r="T6" s="105"/>
       <c r="U6" s="105"/>
       <c r="V6" s="105"/>
       <c r="W6" s="105"/>
       <c r="X6" s="105"/>
       <c r="Y6" s="105"/>
       <c r="Z6" s="105"/>
       <c r="AA6" s="105"/>
       <c r="AB6" s="105"/>
       <c r="AC6" s="105"/>
       <c r="AD6" s="105"/>
     </row>
     <row r="7" spans="1:30" ht="15" customHeight="1">
       <c r="A7" s="106"/>
       <c r="O7" s="105"/>
       <c r="P7" s="105"/>
       <c r="Q7" s="105"/>
       <c r="R7" s="105"/>
       <c r="S7" s="105"/>
       <c r="T7" s="105"/>
       <c r="U7" s="105"/>
       <c r="V7" s="105"/>
       <c r="W7" s="105"/>
       <c r="X7" s="105"/>
       <c r="Y7" s="105"/>
       <c r="Z7" s="105"/>
       <c r="AA7" s="105"/>
       <c r="AB7" s="105"/>
       <c r="AC7" s="105"/>
       <c r="AD7" s="105"/>
     </row>
     <row r="8" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A8" s="107" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B8" s="108"/>
       <c r="O8" s="110"/>
       <c r="P8" s="110"/>
       <c r="Q8" s="110"/>
       <c r="R8" s="110"/>
       <c r="S8" s="110"/>
       <c r="T8" s="110"/>
       <c r="U8" s="110"/>
       <c r="V8" s="110"/>
       <c r="W8" s="110"/>
       <c r="X8" s="110"/>
       <c r="Y8" s="110"/>
       <c r="Z8" s="110"/>
       <c r="AA8" s="110"/>
       <c r="AB8" s="110"/>
       <c r="AC8" s="110"/>
       <c r="AD8" s="110"/>
     </row>
     <row r="9" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="A9" s="212" t="s">
-[...3 lines deleted...]
-      <c r="C9" s="213"/>
+      <c r="A9" s="221" t="s">
+        <v>162</v>
+      </c>
+      <c r="B9" s="222"/>
+      <c r="C9" s="222"/>
       <c r="D9" s="111"/>
       <c r="E9" s="111"/>
       <c r="F9" s="111"/>
       <c r="G9" s="111"/>
       <c r="H9" s="111"/>
       <c r="I9" s="111"/>
       <c r="J9" s="111"/>
       <c r="K9" s="111"/>
       <c r="L9" s="111"/>
       <c r="M9" s="111"/>
       <c r="N9" s="112">
         <v>2025</v>
       </c>
       <c r="O9" s="112">
         <v>2025</v>
       </c>
       <c r="P9" s="112">
         <v>2025</v>
       </c>
       <c r="Q9" s="113">
         <v>2026</v>
       </c>
       <c r="R9" s="113">
         <v>2026</v>
       </c>
@@ -4063,160 +4061,160 @@
       <c r="U9" s="113">
         <v>2027</v>
       </c>
       <c r="V9" s="113">
         <v>2027</v>
       </c>
       <c r="W9" s="113">
         <v>2028</v>
       </c>
       <c r="X9" s="113">
         <v>2028</v>
       </c>
       <c r="Y9" s="113">
         <v>2028</v>
       </c>
       <c r="Z9" s="113">
         <v>2029</v>
       </c>
       <c r="AA9" s="113">
         <v>2029</v>
       </c>
       <c r="AB9" s="113">
         <v>2029</v>
       </c>
       <c r="AC9" s="114" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="AD9" s="111" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="10" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A10" s="107"/>
       <c r="B10" s="108"/>
       <c r="N10" s="110"/>
       <c r="O10" s="115"/>
       <c r="P10" s="115"/>
       <c r="Q10" s="116"/>
       <c r="R10" s="115"/>
       <c r="S10" s="115"/>
       <c r="T10" s="116"/>
       <c r="U10" s="115"/>
       <c r="V10" s="115"/>
       <c r="W10" s="116"/>
       <c r="X10" s="115"/>
       <c r="Y10" s="115"/>
       <c r="Z10" s="116"/>
       <c r="AA10" s="115"/>
       <c r="AB10" s="115"/>
       <c r="AC10" s="115"/>
     </row>
     <row r="11" spans="1:30" s="109" customFormat="1" ht="32.25" customHeight="1" thickBot="1">
       <c r="A11" s="117" t="s">
-        <v>167</v>
-[...4 lines deleted...]
-      <c r="C11" s="215"/>
+        <v>165</v>
+      </c>
+      <c r="B11" s="223" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" s="224"/>
       <c r="D11" s="117">
         <v>2025</v>
       </c>
       <c r="E11" s="117">
         <v>2026</v>
       </c>
       <c r="F11" s="117">
         <v>2027</v>
       </c>
       <c r="G11" s="117">
         <v>2028</v>
       </c>
       <c r="H11" s="117">
         <v>2029</v>
       </c>
       <c r="I11" s="117">
         <v>2025</v>
       </c>
       <c r="J11" s="117">
         <v>2026</v>
       </c>
       <c r="K11" s="117">
         <v>2027</v>
       </c>
       <c r="L11" s="117">
         <v>2028</v>
       </c>
       <c r="M11" s="117">
         <v>2029</v>
       </c>
-      <c r="N11" s="216" t="s">
+      <c r="N11" s="210" t="s">
+        <v>167</v>
+      </c>
+      <c r="O11" s="211"/>
+      <c r="P11" s="118" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q11" s="210" t="s">
+        <v>167</v>
+      </c>
+      <c r="R11" s="211"/>
+      <c r="S11" s="118" t="s">
+        <v>168</v>
+      </c>
+      <c r="T11" s="210" t="s">
+        <v>167</v>
+      </c>
+      <c r="U11" s="211"/>
+      <c r="V11" s="118" t="s">
+        <v>168</v>
+      </c>
+      <c r="W11" s="210" t="s">
+        <v>167</v>
+      </c>
+      <c r="X11" s="211"/>
+      <c r="Y11" s="118" t="s">
+        <v>168</v>
+      </c>
+      <c r="Z11" s="210" t="s">
+        <v>167</v>
+      </c>
+      <c r="AA11" s="211"/>
+      <c r="AB11" s="118" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC11" s="118" t="s">
         <v>169</v>
-      </c>
-[...33 lines deleted...]
-        <v>171</v>
       </c>
       <c r="AD11" s="119"/>
     </row>
     <row r="12" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1" thickTop="1">
       <c r="A12" s="120">
         <v>3</v>
       </c>
       <c r="B12" s="121" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D12" s="122">
         <v>46500</v>
       </c>
       <c r="E12" s="122">
         <f>D12*1.045</f>
         <v>48592.5</v>
       </c>
       <c r="F12" s="122">
         <f>E12*1.045</f>
         <v>50779.162499999999</v>
       </c>
       <c r="G12" s="122">
         <f>F12*1.045</f>
         <v>53064.224812499997</v>
       </c>
       <c r="H12" s="122">
         <f>G12*1.045</f>
         <v>55452.114929062496</v>
       </c>
       <c r="I12" s="123">
         <v>30.35248041775457</v>
       </c>
       <c r="J12" s="123">
         <f t="shared" ref="J12:J30" si="0">+E12/1532</f>
@@ -4252,51 +4250,51 @@
         <f t="shared" ref="V12:V35" si="4">T12*F12+(U12*K12)</f>
         <v>0</v>
       </c>
       <c r="W12" s="127"/>
       <c r="X12" s="125"/>
       <c r="Y12" s="126">
         <f t="shared" ref="Y12:Y18" si="5">W12*G12+(X12*L12)</f>
         <v>0</v>
       </c>
       <c r="Z12" s="127"/>
       <c r="AA12" s="125"/>
       <c r="AB12" s="126">
         <f t="shared" ref="AB12:AB18" si="6">Z12*H12+(AA12*M12)</f>
         <v>0</v>
       </c>
       <c r="AC12" s="205">
         <f t="shared" ref="AC12:AC35" si="7">P12+S12+V12+Y12+AB12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A13" s="120">
         <v>3</v>
       </c>
       <c r="B13" s="121" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D13" s="122">
         <v>46500</v>
       </c>
       <c r="E13" s="122">
         <f t="shared" ref="E13:F30" si="8">D13*1.045</f>
         <v>48592.5</v>
       </c>
       <c r="F13" s="122">
         <f t="shared" si="8"/>
         <v>50779.162499999999</v>
       </c>
       <c r="G13" s="122">
         <f t="shared" ref="G13:H13" si="9">F13*1.045</f>
         <v>53064.224812499997</v>
       </c>
       <c r="H13" s="122">
         <f t="shared" si="9"/>
         <v>55452.114929062496</v>
       </c>
       <c r="I13" s="123">
         <v>30.35248041775457</v>
       </c>
       <c r="J13" s="123">
         <f t="shared" si="0"/>
@@ -4332,51 +4330,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W13" s="128"/>
       <c r="X13" s="125"/>
       <c r="Y13" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Z13" s="128"/>
       <c r="AA13" s="125"/>
       <c r="AB13" s="126">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC13" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A14" s="120">
         <v>4</v>
       </c>
       <c r="B14" s="121" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D14" s="122">
         <v>48000</v>
       </c>
       <c r="E14" s="122">
         <f t="shared" si="8"/>
         <v>50160</v>
       </c>
       <c r="F14" s="122">
         <f t="shared" si="8"/>
         <v>52417.2</v>
       </c>
       <c r="G14" s="122">
         <f t="shared" ref="G14:H14" si="13">F14*1.045</f>
         <v>54775.973999999995</v>
       </c>
       <c r="H14" s="122">
         <f t="shared" si="13"/>
         <v>57240.89282999999</v>
       </c>
       <c r="I14" s="123">
         <v>31.331592689295039</v>
       </c>
       <c r="J14" s="123">
         <f t="shared" si="0"/>
@@ -4412,51 +4410,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W14" s="128"/>
       <c r="X14" s="125"/>
       <c r="Y14" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Z14" s="128"/>
       <c r="AA14" s="125"/>
       <c r="AB14" s="126">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC14" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A15" s="120">
         <v>5</v>
       </c>
       <c r="B15" s="121" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D15" s="122">
         <v>49400</v>
       </c>
       <c r="E15" s="122">
         <f t="shared" si="8"/>
         <v>51623</v>
       </c>
       <c r="F15" s="122">
         <f t="shared" si="8"/>
         <v>53946.034999999996</v>
       </c>
       <c r="G15" s="122">
         <f t="shared" ref="G15:H15" si="14">F15*1.045</f>
         <v>56373.606574999991</v>
       </c>
       <c r="H15" s="122">
         <f t="shared" si="14"/>
         <v>58910.418870874986</v>
       </c>
       <c r="I15" s="123">
         <v>32.24543080939948</v>
       </c>
       <c r="J15" s="123">
         <f t="shared" si="0"/>
@@ -4492,51 +4490,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W15" s="128"/>
       <c r="X15" s="125"/>
       <c r="Y15" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Z15" s="128"/>
       <c r="AA15" s="125"/>
       <c r="AB15" s="126">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC15" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:30" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A16" s="120">
         <v>6</v>
       </c>
       <c r="B16" s="121" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D16" s="122">
         <v>51900</v>
       </c>
       <c r="E16" s="122">
         <f t="shared" si="8"/>
         <v>54235.499999999993</v>
       </c>
       <c r="F16" s="122">
         <f t="shared" si="8"/>
         <v>56676.097499999989</v>
       </c>
       <c r="G16" s="122">
         <f t="shared" ref="G16:H16" si="15">F16*1.045</f>
         <v>59226.521887499985</v>
       </c>
       <c r="H16" s="122">
         <f t="shared" si="15"/>
         <v>61891.71537243748</v>
       </c>
       <c r="I16" s="123">
         <v>33.87728459530026</v>
       </c>
       <c r="J16" s="123">
         <f t="shared" si="0"/>
@@ -4572,51 +4570,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W16" s="128"/>
       <c r="X16" s="125"/>
       <c r="Y16" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Z16" s="128"/>
       <c r="AA16" s="125"/>
       <c r="AB16" s="126">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC16" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A17" s="120">
         <v>7</v>
       </c>
       <c r="B17" s="121" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D17" s="122">
         <v>57300</v>
       </c>
       <c r="E17" s="122">
         <f t="shared" si="8"/>
         <v>59878.499999999993</v>
       </c>
       <c r="F17" s="122">
         <f t="shared" si="8"/>
         <v>62573.032499999987</v>
       </c>
       <c r="G17" s="122">
         <f t="shared" ref="G17:H17" si="16">F17*1.045</f>
         <v>65388.81896249998</v>
       </c>
       <c r="H17" s="122">
         <f t="shared" si="16"/>
         <v>68331.315815812472</v>
       </c>
       <c r="I17" s="123">
         <v>37.40208877284595</v>
       </c>
       <c r="J17" s="123">
         <f t="shared" si="0"/>
@@ -4652,51 +4650,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W17" s="128"/>
       <c r="X17" s="125"/>
       <c r="Y17" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Z17" s="128"/>
       <c r="AA17" s="125"/>
       <c r="AB17" s="126">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC17" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A18" s="120">
         <v>8</v>
       </c>
       <c r="B18" s="121" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D18" s="122">
         <v>66800</v>
       </c>
       <c r="E18" s="122">
         <f t="shared" si="8"/>
         <v>69806</v>
       </c>
       <c r="F18" s="122">
         <f t="shared" si="8"/>
         <v>72947.26999999999</v>
       </c>
       <c r="G18" s="122">
         <f t="shared" ref="G18:H18" si="17">F18*1.045</f>
         <v>76229.89714999999</v>
       </c>
       <c r="H18" s="122">
         <f t="shared" si="17"/>
         <v>79660.242521749984</v>
       </c>
       <c r="I18" s="123">
         <v>43.603133159268928</v>
       </c>
       <c r="J18" s="123">
         <f t="shared" si="0"/>
@@ -4732,51 +4730,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W18" s="128"/>
       <c r="X18" s="125"/>
       <c r="Y18" s="126">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Z18" s="128"/>
       <c r="AA18" s="125"/>
       <c r="AB18" s="126">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC18" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A19" s="120">
         <v>9</v>
       </c>
       <c r="B19" s="121" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D19" s="122">
         <v>78100</v>
       </c>
       <c r="E19" s="122">
         <f t="shared" si="8"/>
         <v>81614.5</v>
       </c>
       <c r="F19" s="122">
         <f t="shared" si="8"/>
         <v>85287.152499999997</v>
       </c>
       <c r="G19" s="122">
         <f t="shared" ref="G19:H19" si="18">F19*1.045</f>
         <v>89125.074362499989</v>
       </c>
       <c r="H19" s="122">
         <f t="shared" si="18"/>
         <v>93135.702708812489</v>
       </c>
       <c r="I19" s="123">
         <v>50.979112271540473</v>
       </c>
       <c r="J19" s="123">
         <f t="shared" si="0"/>
@@ -4812,51 +4810,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W19" s="128"/>
       <c r="X19" s="125"/>
       <c r="Y19" s="126">
         <f>W19*G19+(X19*L19)</f>
         <v>0</v>
       </c>
       <c r="Z19" s="128"/>
       <c r="AA19" s="125"/>
       <c r="AB19" s="126">
         <f>Z19*H19+(AA19*M19)</f>
         <v>0</v>
       </c>
       <c r="AC19" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A20" s="120">
         <v>10</v>
       </c>
       <c r="B20" s="121" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D20" s="122">
         <v>81200</v>
       </c>
       <c r="E20" s="122">
         <f t="shared" si="8"/>
         <v>84854</v>
       </c>
       <c r="F20" s="122">
         <f t="shared" si="8"/>
         <v>88672.43</v>
       </c>
       <c r="G20" s="122">
         <f t="shared" ref="G20:H20" si="19">F20*1.045</f>
         <v>92662.689349999986</v>
       </c>
       <c r="H20" s="122">
         <f t="shared" si="19"/>
         <v>96832.51037074998</v>
       </c>
       <c r="I20" s="123">
         <v>53.002610966057439</v>
       </c>
       <c r="J20" s="123">
         <f t="shared" si="0"/>
@@ -4892,51 +4890,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W20" s="124"/>
       <c r="X20" s="125"/>
       <c r="Y20" s="126">
         <f t="shared" ref="Y20:Y35" si="20">W20*G20+(X20*L20)</f>
         <v>0</v>
       </c>
       <c r="Z20" s="124"/>
       <c r="AA20" s="125"/>
       <c r="AB20" s="126">
         <f t="shared" ref="AB20:AB35" si="21">Z20*H20+(AA20*M20)</f>
         <v>0</v>
       </c>
       <c r="AC20" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A21" s="120">
         <v>11</v>
       </c>
       <c r="B21" s="121" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D21" s="122">
         <v>95500</v>
       </c>
       <c r="E21" s="122">
         <f t="shared" si="8"/>
         <v>99797.5</v>
       </c>
       <c r="F21" s="122">
         <f t="shared" si="8"/>
         <v>104288.3875</v>
       </c>
       <c r="G21" s="122">
         <f t="shared" ref="G21:H21" si="22">F21*1.045</f>
         <v>108981.36493749999</v>
       </c>
       <c r="H21" s="122">
         <f t="shared" si="22"/>
         <v>113885.52635968749</v>
       </c>
       <c r="I21" s="123">
         <v>62.336814621409921</v>
       </c>
       <c r="J21" s="123">
         <f t="shared" si="0"/>
@@ -4972,51 +4970,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W21" s="124"/>
       <c r="X21" s="125"/>
       <c r="Y21" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z21" s="124"/>
       <c r="AA21" s="125"/>
       <c r="AB21" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC21" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A22" s="120">
         <v>12</v>
       </c>
       <c r="B22" s="121" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D22" s="122">
         <v>109500</v>
       </c>
       <c r="E22" s="122">
         <f t="shared" si="8"/>
         <v>114427.49999999999</v>
       </c>
       <c r="F22" s="122">
         <f t="shared" si="8"/>
         <v>119576.73749999997</v>
       </c>
       <c r="G22" s="122">
         <f t="shared" ref="G22:H22" si="23">F22*1.045</f>
         <v>124957.69068749997</v>
       </c>
       <c r="H22" s="122">
         <f t="shared" si="23"/>
         <v>130580.78676843747</v>
       </c>
       <c r="I22" s="123">
         <v>71.47519582245431</v>
       </c>
       <c r="J22" s="123">
         <f t="shared" si="0"/>
@@ -5052,51 +5050,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W22" s="124"/>
       <c r="X22" s="125"/>
       <c r="Y22" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z22" s="124"/>
       <c r="AA22" s="125"/>
       <c r="AB22" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC22" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A23" s="120">
         <v>10</v>
       </c>
       <c r="B23" s="121" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D23" s="122">
         <v>81200</v>
       </c>
       <c r="E23" s="122">
         <f t="shared" si="8"/>
         <v>84854</v>
       </c>
       <c r="F23" s="122">
         <f t="shared" si="8"/>
         <v>88672.43</v>
       </c>
       <c r="G23" s="122">
         <f t="shared" ref="G23:H23" si="24">F23*1.045</f>
         <v>92662.689349999986</v>
       </c>
       <c r="H23" s="122">
         <f t="shared" si="24"/>
         <v>96832.51037074998</v>
       </c>
       <c r="I23" s="123">
         <v>53.002610966057439</v>
       </c>
       <c r="J23" s="123">
         <f t="shared" si="0"/>
@@ -5132,51 +5130,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W23" s="124"/>
       <c r="X23" s="125"/>
       <c r="Y23" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z23" s="124"/>
       <c r="AA23" s="125"/>
       <c r="AB23" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC23" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A24" s="120">
         <v>11</v>
       </c>
       <c r="B24" s="121" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D24" s="122">
         <v>92000</v>
       </c>
       <c r="E24" s="122">
         <f t="shared" si="8"/>
         <v>96140</v>
       </c>
       <c r="F24" s="122">
         <f t="shared" si="8"/>
         <v>100466.29999999999</v>
       </c>
       <c r="G24" s="122">
         <f t="shared" ref="G24:H24" si="25">F24*1.045</f>
         <v>104987.28349999998</v>
       </c>
       <c r="H24" s="122">
         <f t="shared" si="25"/>
         <v>109711.71125749996</v>
       </c>
       <c r="I24" s="123">
         <v>60.052219321148826</v>
       </c>
       <c r="J24" s="123">
         <f t="shared" si="0"/>
@@ -5212,51 +5210,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W24" s="124"/>
       <c r="X24" s="125"/>
       <c r="Y24" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z24" s="124"/>
       <c r="AA24" s="125"/>
       <c r="AB24" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC24" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A25" s="120">
         <v>10</v>
       </c>
       <c r="B25" s="121" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D25" s="122">
         <v>81200</v>
       </c>
       <c r="E25" s="122">
         <f t="shared" si="8"/>
         <v>84854</v>
       </c>
       <c r="F25" s="122">
         <f t="shared" si="8"/>
         <v>88672.43</v>
       </c>
       <c r="G25" s="122">
         <f t="shared" ref="G25:H25" si="26">F25*1.045</f>
         <v>92662.689349999986</v>
       </c>
       <c r="H25" s="122">
         <f t="shared" si="26"/>
         <v>96832.51037074998</v>
       </c>
       <c r="I25" s="123">
         <v>53.002610966057439</v>
       </c>
       <c r="J25" s="123">
         <f t="shared" si="0"/>
@@ -5292,51 +5290,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W25" s="124"/>
       <c r="X25" s="125"/>
       <c r="Y25" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z25" s="124"/>
       <c r="AA25" s="125"/>
       <c r="AB25" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC25" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A26" s="120">
         <v>11</v>
       </c>
       <c r="B26" s="121" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D26" s="122">
         <v>92000</v>
       </c>
       <c r="E26" s="122">
         <f t="shared" si="8"/>
         <v>96140</v>
       </c>
       <c r="F26" s="122">
         <f t="shared" si="8"/>
         <v>100466.29999999999</v>
       </c>
       <c r="G26" s="122">
         <f t="shared" ref="G26:H26" si="27">F26*1.045</f>
         <v>104987.28349999998</v>
       </c>
       <c r="H26" s="122">
         <f t="shared" si="27"/>
         <v>109711.71125749996</v>
       </c>
       <c r="I26" s="123">
         <v>60.052219321148826</v>
       </c>
       <c r="J26" s="123">
         <f t="shared" si="0"/>
@@ -5372,51 +5370,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W26" s="128"/>
       <c r="X26" s="125"/>
       <c r="Y26" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z26" s="128"/>
       <c r="AA26" s="125"/>
       <c r="AB26" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC26" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A27" s="120">
         <v>12</v>
       </c>
       <c r="B27" s="121" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D27" s="122">
         <v>109500</v>
       </c>
       <c r="E27" s="122">
         <f t="shared" si="8"/>
         <v>114427.49999999999</v>
       </c>
       <c r="F27" s="122">
         <f t="shared" si="8"/>
         <v>119576.73749999997</v>
       </c>
       <c r="G27" s="122">
         <f t="shared" ref="G27:H27" si="28">F27*1.045</f>
         <v>124957.69068749997</v>
       </c>
       <c r="H27" s="122">
         <f t="shared" si="28"/>
         <v>130580.78676843747</v>
       </c>
       <c r="I27" s="123">
         <v>71.47519582245431</v>
       </c>
       <c r="J27" s="123">
         <f t="shared" si="0"/>
@@ -5452,51 +5450,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W27" s="128"/>
       <c r="X27" s="125"/>
       <c r="Y27" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z27" s="128"/>
       <c r="AA27" s="125"/>
       <c r="AB27" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC27" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A28" s="120">
         <v>13</v>
       </c>
       <c r="B28" s="121" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D28" s="122">
         <v>123000</v>
       </c>
       <c r="E28" s="122">
         <f t="shared" si="8"/>
         <v>128534.99999999999</v>
       </c>
       <c r="F28" s="122">
         <f t="shared" si="8"/>
         <v>134319.07499999998</v>
       </c>
       <c r="G28" s="122">
         <f t="shared" ref="G28:H28" si="29">F28*1.045</f>
         <v>140363.43337499996</v>
       </c>
       <c r="H28" s="122">
         <f t="shared" si="29"/>
         <v>146679.78787687497</v>
       </c>
       <c r="I28" s="123">
         <v>80.287206266318535</v>
       </c>
       <c r="J28" s="123">
         <f t="shared" si="0"/>
@@ -5532,51 +5530,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W28" s="128"/>
       <c r="X28" s="125"/>
       <c r="Y28" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z28" s="128"/>
       <c r="AA28" s="125"/>
       <c r="AB28" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC28" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A29" s="129">
         <v>13</v>
       </c>
       <c r="B29" s="130" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D29" s="122">
         <v>123000</v>
       </c>
       <c r="E29" s="122">
         <f t="shared" si="8"/>
         <v>128534.99999999999</v>
       </c>
       <c r="F29" s="122">
         <f t="shared" si="8"/>
         <v>134319.07499999998</v>
       </c>
       <c r="G29" s="122">
         <f t="shared" ref="G29:H29" si="30">F29*1.045</f>
         <v>140363.43337499996</v>
       </c>
       <c r="H29" s="122">
         <f t="shared" si="30"/>
         <v>146679.78787687497</v>
       </c>
       <c r="I29" s="123">
         <v>80.287206266318535</v>
       </c>
       <c r="J29" s="123">
         <f t="shared" si="0"/>
@@ -5612,51 +5610,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W29" s="128"/>
       <c r="X29" s="125"/>
       <c r="Y29" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z29" s="128"/>
       <c r="AA29" s="125"/>
       <c r="AB29" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC29" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A30" s="120">
         <v>14</v>
       </c>
       <c r="B30" s="121" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D30" s="122">
         <v>130000</v>
       </c>
       <c r="E30" s="122">
         <f t="shared" si="8"/>
         <v>135850</v>
       </c>
       <c r="F30" s="122">
         <f t="shared" si="8"/>
         <v>141963.25</v>
       </c>
       <c r="G30" s="122">
         <f t="shared" ref="G30:H30" si="31">F30*1.045</f>
         <v>148351.59625</v>
       </c>
       <c r="H30" s="122">
         <f t="shared" si="31"/>
         <v>155027.41808124998</v>
       </c>
       <c r="I30" s="123">
         <v>84.856396866840726</v>
       </c>
       <c r="J30" s="123">
         <f t="shared" si="0"/>
@@ -5692,51 +5690,51 @@
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W30" s="128"/>
       <c r="X30" s="125"/>
       <c r="Y30" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z30" s="128"/>
       <c r="AA30" s="125"/>
       <c r="AB30" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC30" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A31" s="120">
         <v>16</v>
       </c>
       <c r="B31" s="121" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D31" s="122">
         <v>160000</v>
       </c>
       <c r="E31" s="122">
         <f t="shared" ref="E31:F34" si="32">D31*1.045</f>
         <v>167200</v>
       </c>
       <c r="F31" s="122">
         <f t="shared" si="32"/>
         <v>174724</v>
       </c>
       <c r="G31" s="122">
         <f t="shared" ref="G31:H31" si="33">F31*1.045</f>
         <v>182586.58</v>
       </c>
       <c r="H31" s="122">
         <f t="shared" si="33"/>
         <v>190802.97609999997</v>
       </c>
       <c r="I31" s="123">
         <v>83.55091383812011</v>
       </c>
       <c r="J31" s="123">
         <f>+E31/1915</f>
@@ -5769,54 +5767,54 @@
       <c r="T31" s="132"/>
       <c r="U31" s="131"/>
       <c r="V31" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W31" s="132"/>
       <c r="X31" s="131"/>
       <c r="Y31" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z31" s="132"/>
       <c r="AA31" s="131"/>
       <c r="AB31" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC31" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A32" s="120" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B32" s="121" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D32" s="122">
         <v>63500</v>
       </c>
       <c r="E32" s="122">
         <f t="shared" si="32"/>
         <v>66357.5</v>
       </c>
       <c r="F32" s="122">
         <f t="shared" si="32"/>
         <v>69343.587499999994</v>
       </c>
       <c r="G32" s="122">
         <f t="shared" ref="G32:H32" si="34">F32*1.045</f>
         <v>72464.048937499989</v>
       </c>
       <c r="H32" s="122">
         <f t="shared" si="34"/>
         <v>75724.931139687484</v>
       </c>
       <c r="I32" s="123">
         <v>40.189873417721522</v>
       </c>
       <c r="J32" s="123">
         <f>+E32/1580</f>
@@ -5849,54 +5847,54 @@
       <c r="T32" s="128"/>
       <c r="U32" s="125"/>
       <c r="V32" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W32" s="128"/>
       <c r="X32" s="125"/>
       <c r="Y32" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z32" s="128"/>
       <c r="AA32" s="125"/>
       <c r="AB32" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC32" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A33" s="120" t="s">
+        <v>185</v>
+      </c>
+      <c r="B33" s="121" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="D33" s="122">
         <v>221000</v>
       </c>
       <c r="E33" s="122">
         <f>D33*1.045</f>
         <v>230944.99999999997</v>
       </c>
       <c r="F33" s="122">
         <f t="shared" si="32"/>
         <v>241337.52499999997</v>
       </c>
       <c r="G33" s="122">
         <f t="shared" ref="G33:H33" si="35">F33*1.045</f>
         <v>252197.71362499995</v>
       </c>
       <c r="H33" s="122">
         <f t="shared" si="35"/>
         <v>263546.61073812493</v>
       </c>
       <c r="I33" s="123">
         <v>115.40469973890339</v>
       </c>
       <c r="J33" s="123">
         <f>+E33/1915</f>
@@ -5929,54 +5927,54 @@
       <c r="T33" s="128"/>
       <c r="U33" s="125"/>
       <c r="V33" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W33" s="128"/>
       <c r="X33" s="125"/>
       <c r="Y33" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z33" s="128"/>
       <c r="AA33" s="125"/>
       <c r="AB33" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC33" s="205">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A34" s="120" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B34" s="121" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C34" s="133"/>
       <c r="D34" s="122">
         <v>221000</v>
       </c>
       <c r="E34" s="122">
         <f>D34*1.045</f>
         <v>230944.99999999997</v>
       </c>
       <c r="F34" s="134">
         <f t="shared" si="32"/>
         <v>241337.52499999997</v>
       </c>
       <c r="G34" s="122">
         <f t="shared" ref="G34:H34" si="36">F34*1.045</f>
         <v>252197.71362499995</v>
       </c>
       <c r="H34" s="122">
         <f t="shared" si="36"/>
         <v>263546.61073812493</v>
       </c>
       <c r="I34" s="123">
         <v>115.40469973890339</v>
       </c>
       <c r="J34" s="123">
@@ -6052,55 +6050,55 @@
       <c r="S35" s="145"/>
       <c r="T35" s="146"/>
       <c r="U35" s="144"/>
       <c r="V35" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W35" s="146"/>
       <c r="X35" s="144"/>
       <c r="Y35" s="126">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Z35" s="146"/>
       <c r="AA35" s="144"/>
       <c r="AB35" s="126">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AC35" s="206">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1" thickTop="1" thickBot="1">
-      <c r="A36" s="219" t="s">
-[...3 lines deleted...]
-      <c r="C36" s="220"/>
+      <c r="A36" s="212" t="s">
+        <v>189</v>
+      </c>
+      <c r="B36" s="212"/>
+      <c r="C36" s="213"/>
       <c r="D36" s="147"/>
       <c r="E36" s="147"/>
       <c r="F36" s="147"/>
       <c r="G36" s="147"/>
       <c r="H36" s="147"/>
       <c r="I36" s="147"/>
       <c r="J36" s="147"/>
       <c r="K36" s="148"/>
       <c r="L36" s="148"/>
       <c r="M36" s="148"/>
       <c r="N36" s="149"/>
       <c r="O36" s="150"/>
       <c r="P36" s="151">
         <f>SUM(P12:P35)</f>
         <v>0</v>
       </c>
       <c r="Q36" s="152"/>
       <c r="R36" s="150"/>
       <c r="S36" s="151">
         <f>SUM(S12:S35)</f>
         <v>0</v>
       </c>
       <c r="T36" s="152"/>
       <c r="U36" s="150"/>
       <c r="V36" s="151">
@@ -6133,320 +6131,320 @@
       <c r="G37" s="155"/>
       <c r="H37" s="155"/>
       <c r="I37" s="155"/>
       <c r="J37" s="155"/>
       <c r="K37" s="155"/>
       <c r="L37" s="155"/>
       <c r="M37" s="155"/>
       <c r="N37" s="156"/>
       <c r="O37" s="157"/>
       <c r="P37" s="158"/>
       <c r="Q37" s="159"/>
       <c r="R37" s="157"/>
       <c r="S37" s="158"/>
       <c r="T37" s="159"/>
       <c r="U37" s="157"/>
       <c r="V37" s="158"/>
       <c r="W37" s="159"/>
       <c r="X37" s="157"/>
       <c r="Y37" s="158"/>
       <c r="Z37" s="159"/>
       <c r="AA37" s="157"/>
       <c r="AB37" s="158"/>
       <c r="AC37" s="158"/>
     </row>
     <row r="38" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
-      <c r="A38" s="221" t="s">
-[...3 lines deleted...]
-      <c r="C38" s="222"/>
+      <c r="A38" s="214" t="s">
+        <v>190</v>
+      </c>
+      <c r="B38" s="214"/>
+      <c r="C38" s="215"/>
       <c r="D38" s="155"/>
       <c r="E38" s="155"/>
       <c r="F38" s="155"/>
       <c r="G38" s="155"/>
       <c r="H38" s="155"/>
       <c r="I38" s="155"/>
       <c r="J38" s="155"/>
       <c r="K38" s="155"/>
       <c r="L38" s="155"/>
       <c r="M38" s="155"/>
       <c r="N38" s="156" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="O38" s="160" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="P38" s="158"/>
       <c r="Q38" s="156" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="R38" s="160" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="S38" s="158"/>
       <c r="T38" s="156" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="U38" s="160" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="V38" s="158"/>
       <c r="W38" s="156" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="X38" s="160" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="Y38" s="158"/>
       <c r="Z38" s="156" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="AA38" s="160" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="AB38" s="158"/>
       <c r="AC38" s="158"/>
     </row>
     <row r="39" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A39" s="161" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B39" s="109" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C39" s="154"/>
       <c r="D39" s="155"/>
       <c r="E39" s="155"/>
       <c r="F39" s="155"/>
       <c r="G39" s="155"/>
       <c r="H39" s="155"/>
       <c r="I39" s="155"/>
       <c r="J39" s="155"/>
       <c r="K39" s="155"/>
       <c r="L39" s="155"/>
       <c r="M39" s="155"/>
       <c r="N39" s="162"/>
       <c r="O39" s="125"/>
       <c r="P39" s="126">
         <f>+N39*O39</f>
         <v>0</v>
       </c>
       <c r="Q39" s="163"/>
       <c r="R39" s="125"/>
       <c r="S39" s="126">
         <f>+Q39*R39</f>
         <v>0</v>
       </c>
       <c r="T39" s="163"/>
       <c r="U39" s="125"/>
       <c r="V39" s="126">
         <f>+T39*U39</f>
         <v>0</v>
       </c>
       <c r="W39" s="163"/>
       <c r="X39" s="125"/>
       <c r="Y39" s="126">
         <f>+W39*X39</f>
         <v>0</v>
       </c>
       <c r="Z39" s="163"/>
       <c r="AA39" s="125"/>
       <c r="AB39" s="126">
         <f>+Z39*AA39</f>
         <v>0</v>
       </c>
       <c r="AC39" s="205">
         <f t="shared" ref="AC39:AC42" si="37">P39+S39+V39+Y39+AB39</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A40" s="161" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B40" s="109" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C40" s="154"/>
       <c r="D40" s="155"/>
       <c r="E40" s="155"/>
       <c r="F40" s="155"/>
       <c r="G40" s="155"/>
       <c r="H40" s="155"/>
       <c r="I40" s="155"/>
       <c r="J40" s="155"/>
       <c r="K40" s="155"/>
       <c r="L40" s="155"/>
       <c r="M40" s="155"/>
       <c r="N40" s="162"/>
       <c r="O40" s="125"/>
       <c r="P40" s="126">
         <f t="shared" ref="P40:P42" si="38">+N40*O40</f>
         <v>0</v>
       </c>
       <c r="Q40" s="163"/>
       <c r="R40" s="125"/>
       <c r="S40" s="126">
         <f t="shared" ref="S40:S42" si="39">+Q40*R40</f>
         <v>0</v>
       </c>
       <c r="T40" s="163"/>
       <c r="U40" s="125"/>
       <c r="V40" s="126">
         <f t="shared" ref="V40:V42" si="40">+T40*U40</f>
         <v>0</v>
       </c>
       <c r="W40" s="163"/>
       <c r="X40" s="125"/>
       <c r="Y40" s="126">
         <f t="shared" ref="Y40:Y42" si="41">+W40*X40</f>
         <v>0</v>
       </c>
       <c r="Z40" s="163"/>
       <c r="AA40" s="125"/>
       <c r="AB40" s="126">
         <f t="shared" ref="AB40:AB42" si="42">+Z40*AA40</f>
         <v>0</v>
       </c>
       <c r="AC40" s="205">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A41" s="161" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B41" s="109" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C41" s="154"/>
       <c r="D41" s="155"/>
       <c r="E41" s="155"/>
       <c r="F41" s="155"/>
       <c r="G41" s="155"/>
       <c r="H41" s="155"/>
       <c r="I41" s="155"/>
       <c r="J41" s="155"/>
       <c r="K41" s="155"/>
       <c r="L41" s="155"/>
       <c r="M41" s="155"/>
       <c r="N41" s="162"/>
       <c r="O41" s="125"/>
       <c r="P41" s="126">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
       <c r="Q41" s="163"/>
       <c r="R41" s="125"/>
       <c r="S41" s="126">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
       <c r="T41" s="163"/>
       <c r="U41" s="125"/>
       <c r="V41" s="126">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
       <c r="W41" s="163"/>
       <c r="X41" s="125"/>
       <c r="Y41" s="126">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="Z41" s="163"/>
       <c r="AA41" s="125"/>
       <c r="AB41" s="126">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AC41" s="205">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
       <c r="A42" s="164" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B42" s="208" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C42" s="165"/>
       <c r="D42" s="166"/>
       <c r="E42" s="166"/>
       <c r="F42" s="166"/>
       <c r="G42" s="166"/>
       <c r="H42" s="166"/>
       <c r="I42" s="166"/>
       <c r="J42" s="166"/>
       <c r="K42" s="166"/>
       <c r="L42" s="166"/>
       <c r="M42" s="166"/>
       <c r="N42" s="167"/>
       <c r="O42" s="144"/>
       <c r="P42" s="168">
         <f t="shared" si="38"/>
         <v>0</v>
       </c>
       <c r="Q42" s="169"/>
       <c r="R42" s="144"/>
       <c r="S42" s="168">
         <f t="shared" si="39"/>
         <v>0</v>
       </c>
       <c r="T42" s="169"/>
       <c r="U42" s="144"/>
       <c r="V42" s="168">
         <f t="shared" si="40"/>
         <v>0</v>
       </c>
       <c r="W42" s="169"/>
       <c r="X42" s="144"/>
       <c r="Y42" s="168">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="Z42" s="169"/>
       <c r="AA42" s="144"/>
       <c r="AB42" s="168">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AC42" s="205">
         <f t="shared" si="37"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1" thickTop="1" thickBot="1">
-      <c r="A43" s="223" t="s">
-[...3 lines deleted...]
-      <c r="C43" s="223"/>
+      <c r="A43" s="216" t="s">
+        <v>193</v>
+      </c>
+      <c r="B43" s="216"/>
+      <c r="C43" s="216"/>
       <c r="D43" s="170"/>
       <c r="E43" s="170"/>
       <c r="F43" s="170"/>
       <c r="G43" s="170"/>
       <c r="H43" s="170"/>
       <c r="I43" s="170"/>
       <c r="J43" s="170"/>
       <c r="K43" s="170"/>
       <c r="L43" s="170"/>
       <c r="M43" s="170"/>
       <c r="N43" s="171"/>
       <c r="O43" s="172"/>
       <c r="P43" s="173">
         <f>SUM(P37:P42)</f>
         <v>0</v>
       </c>
       <c r="Q43" s="170"/>
       <c r="R43" s="172"/>
       <c r="S43" s="173">
         <f>SUM(S37:S42)</f>
         <v>0</v>
       </c>
       <c r="T43" s="170"/>
       <c r="U43" s="172"/>
       <c r="V43" s="173">
@@ -6467,217 +6465,217 @@
       </c>
       <c r="AC43" s="207">
         <f>SUM(AC39:AC42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1" thickTop="1">
       <c r="A44" s="174"/>
       <c r="B44" s="175"/>
       <c r="C44" s="175"/>
       <c r="N44" s="129"/>
       <c r="O44" s="154"/>
       <c r="P44" s="176"/>
       <c r="R44" s="154"/>
       <c r="S44" s="176"/>
       <c r="U44" s="154"/>
       <c r="V44" s="176"/>
       <c r="X44" s="154"/>
       <c r="Y44" s="176"/>
       <c r="AA44" s="154"/>
       <c r="AB44" s="176"/>
       <c r="AC44" s="176"/>
     </row>
     <row r="45" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A45" s="177" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B45" s="102"/>
       <c r="N45" s="129"/>
       <c r="O45" s="154"/>
       <c r="P45" s="176"/>
       <c r="R45" s="154"/>
       <c r="S45" s="176"/>
       <c r="U45" s="154"/>
       <c r="V45" s="176"/>
       <c r="X45" s="154"/>
       <c r="Y45" s="176"/>
       <c r="AA45" s="154"/>
       <c r="AB45" s="176"/>
       <c r="AC45" s="176"/>
     </row>
     <row r="46" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A46" s="174"/>
       <c r="B46" s="178" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C46" s="178"/>
       <c r="N46" s="129"/>
       <c r="O46" s="154"/>
       <c r="P46" s="179"/>
       <c r="R46" s="154"/>
       <c r="S46" s="179"/>
       <c r="U46" s="154"/>
       <c r="V46" s="179"/>
       <c r="X46" s="154"/>
       <c r="Y46" s="179"/>
       <c r="AA46" s="154"/>
       <c r="AB46" s="179"/>
       <c r="AC46" s="205">
         <f t="shared" ref="AC46:AC51" si="43">P46+S46+V46+Y46+AB46</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A47" s="174"/>
-      <c r="B47" s="224" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="224"/>
+      <c r="B47" s="217" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" s="217"/>
       <c r="N47" s="129"/>
       <c r="O47" s="154"/>
       <c r="P47" s="179"/>
       <c r="R47" s="154"/>
       <c r="S47" s="179"/>
       <c r="U47" s="154"/>
       <c r="V47" s="179"/>
       <c r="X47" s="154"/>
       <c r="Y47" s="179"/>
       <c r="AA47" s="154"/>
       <c r="AB47" s="179"/>
       <c r="AC47" s="205">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:29" s="109" customFormat="1" ht="16.95" customHeight="1">
       <c r="A48" s="174"/>
       <c r="B48" s="178" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C48" s="178"/>
       <c r="N48" s="129"/>
       <c r="O48" s="154"/>
       <c r="P48" s="179"/>
       <c r="R48" s="154"/>
       <c r="S48" s="179"/>
       <c r="U48" s="154"/>
       <c r="V48" s="179"/>
       <c r="X48" s="154"/>
       <c r="Y48" s="179"/>
       <c r="AA48" s="154"/>
       <c r="AB48" s="179"/>
       <c r="AC48" s="205">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A49" s="174"/>
-      <c r="B49" s="224" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="224"/>
+      <c r="B49" s="217" t="s">
+        <v>196</v>
+      </c>
+      <c r="C49" s="217"/>
       <c r="N49" s="129"/>
       <c r="O49" s="154"/>
       <c r="P49" s="179"/>
       <c r="R49" s="154"/>
       <c r="S49" s="179"/>
       <c r="U49" s="154"/>
       <c r="V49" s="179"/>
       <c r="X49" s="154"/>
       <c r="Y49" s="179"/>
       <c r="AA49" s="154"/>
       <c r="AB49" s="179"/>
       <c r="AC49" s="205">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1">
       <c r="A50" s="174"/>
-      <c r="B50" s="224" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="224"/>
+      <c r="B50" s="217" t="s">
+        <v>203</v>
+      </c>
+      <c r="C50" s="217"/>
       <c r="N50" s="129"/>
       <c r="O50" s="154"/>
       <c r="P50" s="179"/>
       <c r="R50" s="154"/>
       <c r="S50" s="179"/>
       <c r="U50" s="154"/>
       <c r="V50" s="179"/>
       <c r="X50" s="154"/>
       <c r="Y50" s="179"/>
       <c r="AA50" s="154"/>
       <c r="AB50" s="179"/>
       <c r="AC50" s="205">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
       <c r="A51" s="181"/>
-      <c r="B51" s="218" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="218"/>
+      <c r="B51" s="209" t="s">
+        <v>197</v>
+      </c>
+      <c r="C51" s="209"/>
       <c r="D51" s="139"/>
       <c r="E51" s="139"/>
       <c r="F51" s="139"/>
       <c r="G51" s="139"/>
       <c r="H51" s="139"/>
       <c r="I51" s="139"/>
       <c r="J51" s="139"/>
       <c r="K51" s="139"/>
       <c r="L51" s="139"/>
       <c r="M51" s="139"/>
       <c r="N51" s="182"/>
       <c r="O51" s="183"/>
       <c r="P51" s="184"/>
       <c r="Q51" s="139"/>
       <c r="R51" s="183"/>
       <c r="S51" s="184">
         <v>0</v>
       </c>
       <c r="T51" s="139"/>
       <c r="U51" s="183"/>
       <c r="V51" s="184"/>
       <c r="W51" s="139"/>
       <c r="X51" s="183"/>
       <c r="Y51" s="184"/>
       <c r="Z51" s="139"/>
       <c r="AA51" s="183"/>
       <c r="AB51" s="184"/>
       <c r="AC51" s="205">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:29" s="109" customFormat="1" ht="17.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A52" s="185" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B52" s="186"/>
       <c r="C52" s="187"/>
       <c r="D52" s="187"/>
       <c r="E52" s="187"/>
       <c r="F52" s="187"/>
       <c r="G52" s="187"/>
       <c r="H52" s="187"/>
       <c r="I52" s="187"/>
       <c r="J52" s="187"/>
       <c r="K52" s="187"/>
       <c r="L52" s="187"/>
       <c r="M52" s="187"/>
       <c r="N52" s="188"/>
       <c r="O52" s="189"/>
       <c r="P52" s="190">
         <f>SUM(P46:P51)</f>
         <v>0</v>
       </c>
       <c r="Q52" s="187"/>
       <c r="R52" s="189"/>
       <c r="S52" s="190">
         <f>SUM(S46:S51)</f>
         <v>0</v>
       </c>
@@ -6731,157 +6729,157 @@
       <c r="H54" s="109"/>
       <c r="I54" s="109"/>
       <c r="J54" s="109"/>
       <c r="K54" s="109"/>
       <c r="L54" s="109"/>
       <c r="M54" s="109"/>
       <c r="N54" s="129"/>
       <c r="O54" s="154"/>
       <c r="P54" s="192"/>
       <c r="Q54" s="109"/>
       <c r="R54" s="154"/>
       <c r="S54" s="192"/>
       <c r="T54" s="109"/>
       <c r="U54" s="154"/>
       <c r="V54" s="192"/>
       <c r="W54" s="109"/>
       <c r="X54" s="154"/>
       <c r="Y54" s="192"/>
       <c r="Z54" s="109"/>
       <c r="AA54" s="154"/>
       <c r="AB54" s="192"/>
       <c r="AC54" s="192"/>
     </row>
     <row r="55" spans="1:29" ht="27.75" customHeight="1">
       <c r="A55" s="193" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B55" s="194"/>
       <c r="C55" s="195"/>
       <c r="D55" s="195"/>
       <c r="E55" s="195"/>
       <c r="F55" s="195"/>
       <c r="G55" s="195"/>
       <c r="H55" s="195"/>
       <c r="I55" s="195"/>
       <c r="J55" s="195"/>
       <c r="K55" s="195"/>
       <c r="L55" s="195"/>
       <c r="M55" s="195"/>
       <c r="N55" s="196"/>
       <c r="O55" s="197"/>
       <c r="P55" s="198">
         <f>P52+P43+P36</f>
         <v>0</v>
       </c>
       <c r="Q55" s="199"/>
       <c r="R55" s="197"/>
       <c r="S55" s="198">
         <f>S52+S43+S36</f>
         <v>0</v>
       </c>
       <c r="T55" s="199"/>
       <c r="U55" s="197"/>
       <c r="V55" s="198">
         <f>V52+V43+V36</f>
         <v>0</v>
       </c>
       <c r="W55" s="199"/>
       <c r="X55" s="197"/>
       <c r="Y55" s="198">
         <f>Y52+Y43+Y36</f>
         <v>0</v>
       </c>
       <c r="Z55" s="199"/>
       <c r="AA55" s="197"/>
       <c r="AB55" s="198">
         <f>AB52+AB43+AB36</f>
         <v>0</v>
       </c>
       <c r="AC55" s="198">
         <f>P55+S55+V55+Y55+AB55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:29" ht="32.25" customHeight="1">
       <c r="A56" s="200" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B56" s="201"/>
       <c r="C56" s="201"/>
       <c r="D56" s="201"/>
       <c r="E56" s="201"/>
       <c r="F56" s="201"/>
       <c r="G56" s="201"/>
       <c r="H56" s="201"/>
       <c r="I56" s="201"/>
       <c r="J56" s="201"/>
       <c r="K56" s="201"/>
       <c r="L56" s="201"/>
       <c r="M56" s="201"/>
       <c r="N56" s="201"/>
       <c r="O56" s="201"/>
       <c r="P56" s="201"/>
       <c r="Q56" s="201"/>
       <c r="R56" s="201"/>
       <c r="S56" s="201"/>
       <c r="T56" s="201"/>
       <c r="U56" s="201"/>
       <c r="V56" s="201"/>
       <c r="W56" s="201"/>
       <c r="X56" s="201"/>
       <c r="Y56" s="201"/>
       <c r="Z56" s="201"/>
       <c r="AA56" s="201"/>
       <c r="AB56" s="201"/>
       <c r="AC56" s="202">
         <f>AC55</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:29">
       <c r="A58" s="203"/>
       <c r="B58" s="203"/>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="B1:AD1"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="Q11:R11"/>
+    <mergeCell ref="T11:U11"/>
     <mergeCell ref="B51:C51"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Z11:AA11"/>
     <mergeCell ref="A36:C36"/>
     <mergeCell ref="A38:C38"/>
     <mergeCell ref="A43:C43"/>
     <mergeCell ref="B47:C47"/>
     <mergeCell ref="B49:C49"/>
     <mergeCell ref="B50:C50"/>
-    <mergeCell ref="B1:AD1"/>
-[...5 lines deleted...]
-    <mergeCell ref="T11:U11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F46"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.09765625" defaultRowHeight="13.8"/>
   <cols>
     <col min="1" max="1" width="72.8984375" style="6" customWidth="1"/>
     <col min="2" max="2" width="108" style="6" customWidth="1"/>
     <col min="3" max="3" width="95.09765625" style="6" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="64.3984375" style="6" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="74.09765625" style="6" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="104.3984375" style="6" hidden="1" customWidth="1"/>
     <col min="7" max="16384" width="8.09765625" style="6"/>
   </cols>
   <sheetData>
@@ -7679,54 +7677,71 @@
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<TemplafyFormConfiguration><![CDATA[{"formFields":[],"formDataEntries":[]}]]></TemplafyFormConfiguration>
+<TemplafyTemplateConfiguration><![CDATA[{"transformationConfigurations":[],"templateName":"blankspreadsheet","templateDescription":"","enableDocumentContentUpdater":false,"version":"2.0"}]]></TemplafyTemplateConfiguration>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="fff7a198-8c0b-429a-9f87-c9cab87964ae" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010088A72078CFF5554C9E4AF83673199238" ma:contentTypeVersion="15" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="5ea5be836a3d4920ebe3cf16fbd551a2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="080fdd34-ffe9-4ece-941f-6fb6e5d801c5" xmlns:ns4="fff7a198-8c0b-429a-9f87-c9cab87964ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2aca4d63b2b3f7981c73b04fe4fc0b3f" ns3:_="" ns4:_="">
     <xsd:import namespace="080fdd34-ffe9-4ece-941f-6fb6e5d801c5"/>
     <xsd:import namespace="fff7a198-8c0b-429a-9f87-c9cab87964ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
@@ -7915,148 +7930,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<TemplafyTemplateConfiguration><![CDATA[{"transformationConfigurations":[],"templateName":"blankspreadsheet","templateDescription":"","enableDocumentContentUpdater":false,"version":"2.0"}]]></TemplafyTemplateConfiguration>
+<TemplafyFormConfiguration><![CDATA[{"formFields":[],"formDataEntries":[]}]]></TemplafyFormConfiguration>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BDFBEA-AC99-494E-B4AC-B406D5E20D32}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA36A76-3B54-468A-BBF8-2CAC56C26734}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B45E51F-6813-41B1-82C8-FA8DE35CDAEE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="080fdd34-ffe9-4ece-941f-6fb6e5d801c5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fff7a198-8c0b-429a-9f87-c9cab87964ae"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23204F7C-8C83-4836-B318-C0B080B832E1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE976BA3-1D60-421C-8C00-9FFCD4F90DB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="080fdd34-ffe9-4ece-941f-6fb6e5d801c5"/>
     <ds:schemaRef ds:uri="fff7a198-8c0b-429a-9f87-c9cab87964ae"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA36A76-3B54-468A-BBF8-2CAC56C26734}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BDFBEA-AC99-494E-B4AC-B406D5E20D32}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>1. Format NL FOA2026</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>3. Begrotingsformat FOA2026</vt:lpstr>
+      <vt:lpstr>1. Format NL FOA</vt:lpstr>
+      <vt:lpstr>2. Format ENG FOA</vt:lpstr>
+      <vt:lpstr>3. Begrotingsformat FOA</vt:lpstr>
       <vt:lpstr>EUR strategie</vt:lpstr>
       <vt:lpstr>Koers 28 Strategie</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>