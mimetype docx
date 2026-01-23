--- v0 (2025-12-13)
+++ v1 (2026-01-23)
@@ -6,709 +6,730 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DEBE3DC" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="55BE84D9" w14:textId="66335328" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="0DEBE3DC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="55BE84D9" w14:textId="66335328">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Template – Recommendation letter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37875965" w14:textId="6A7E64BF" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...12 lines deleted...]
-    <w:p w14:paraId="5E7D3CA0" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="37875965" w14:textId="0AD3FD37">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F251DC1" w:rsidR="00007CDF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please fill in the confidential evaluation form below on behalf of the applicant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F251DC1" w:rsidR="7A47B913">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and send it to </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rb6b75141c17c4134">
+        <w:r w:rsidRPr="7F251DC1" w:rsidR="7A47B913">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>edle@law.eur.nl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7F251DC1" w:rsidR="00007CDF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="5E7D3CA0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Applicant Name</w:t>
       </w:r>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058BA42A" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="058BA42A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Applicant citizenship:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59259129" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="59259129" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Note to Recommender: EDLE admits those applicants who show the best preparation in economics and law and have an excellent knowledge of English. Please answer the questions below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113EAAB0" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="113EAAB0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>How long have you known the applicant?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C26DEC8" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="6A3D6503" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="2C26DEC8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="6A3D6503" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In what capacity do you know him/her?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5059136F" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="044B6005" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="5059136F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="044B6005" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Do you feel that you know him/her well?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AAF595C" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="14040B72" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="5AAF595C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="14040B72" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>How familiar are you with the European Doctorate in Law and Economics?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A37D2E7" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="4AA2D47D" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="7A37D2E7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="4AA2D47D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Using the following scale, please rate the applicant relative to other students/applicants/employees you have known:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BEA0E4" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="63BEA0E4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Academic performance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232F30BC" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="646D50F8" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="232F30BC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="646D50F8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Intellectual ability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C82E88" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="2AADFB96" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="50C82E88" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="2AADFB96" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Creativity / originality</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F997DB6" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="6E788F3F" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="6F997DB6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="6E788F3F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Overall judgement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72993F55" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...27 lines deleted...]
-    <w:p w14:paraId="221C65E4" w14:textId="60887E06" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="72993F55" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="60B8208E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="4915B333" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="6F57857E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="221C65E4" w14:textId="60887E06">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Open questions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367D9500" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="367D9500" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>What are the applicant’s major strengths?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D09AC03" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="4D09AC03" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AC9EB2F" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="7F5016CE" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="0AC9EB2F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="7F5016CE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>What are the applicant’s major weaknesses?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E87C789" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...13 lines deleted...]
-    <w:p w14:paraId="3836C51B" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="3E87C789" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="79FE9F6B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="3836C51B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">What is your opinion on the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>student’s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> overall prospects to successfully pursue an interdisciplinary doctorate </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>programme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Law and Economics?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283472C1" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="7F2316B3" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="283472C1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="7F2316B3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please rate the applicant relative to other students/applicants/employees you have known.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002AC0E6" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...13 lines deleted...]
-    <w:p w14:paraId="6DFD16E7" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="002AC0E6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="0336F261" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="6DFD16E7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If the applicant’s native language is not English, please comment on his/her abilities in English.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216495D1" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="2AD43AEF" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="216495D1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="2AD43AEF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referee Information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE5ABA8" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="2AE5ABA8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referee First Name:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F714C9" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="47F714C9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referee Last Name:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CE54B2B" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="6CE54B2B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referee Affiliation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33819CE5" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="33819CE5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referee Email:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6CC2CE" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="0E6CC2CE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>We would like to use the application materials also for research in anonymous form. Meaning that we would like to analyze the applications, without using any identifying information of the applicant or the referee. Do you agree that this recommendation letter is also used for research, excluding identifying information?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBE9BAD" w14:textId="7EA27025" w:rsidR="00007CDF" w:rsidRPr="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...6 lines deleted...]
-    <w:p w14:paraId="5913CE78" w14:textId="38B5423D" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidRPr="00007CDF" w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="4CBE9BAD" w14:textId="7EA27025">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="5913CE78" w14:textId="38B5423D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Thank you for your cooperation!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D307435" w14:textId="67E4C08F" w:rsidR="00592360" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00592360" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="3D307435" w14:textId="67E4C08F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007CDF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please use below space to write a recommendation letter for the candidate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E09C492" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
-[...20 lines deleted...]
-    <w:p w14:paraId="27B28207" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF"/>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="5E09C492" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="69A6B2CA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="38FAC3F3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="27B28207" w14:textId="77777777"/>
     <w:sectPr w:rsidR="00007CDF">
       <w:headerReference w:type="default" r:id="rId7"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7567FCFA" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="7567FCFA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="285B067C" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="285B067C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -731,75 +752,75 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6367427C" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="6367427C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4140DCD8" w14:textId="77777777" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+    <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="4140DCD8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1B495A3F" w14:textId="110BFE80" w:rsidR="00007CDF" w:rsidRDefault="00007CDF" w:rsidP="00007CDF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00007CDF" w:rsidP="00007CDF" w:rsidRDefault="00007CDF" w14:paraId="1B495A3F" w14:textId="110BFE80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00007CDF">
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D36D76D" wp14:editId="7033DF57">
           <wp:extent cx="2525395" cy="522605"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:docPr id="626921976" name="Picture 1" descr="EDLE"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="EDLE"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -828,260 +849,260 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A671D16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22E2B51C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E9609CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B86E0CC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A3E2A10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70E433FA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1145,193 +1166,197 @@
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="358046936">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1501430834">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="224688701">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00007CDF"/>
     <w:rsid w:val="00007CDF"/>
     <w:rsid w:val="00312D00"/>
     <w:rsid w:val="00592360"/>
     <w:rsid w:val="00667214"/>
     <w:rsid w:val="00947393"/>
+    <w:rsid w:val="645F33F8"/>
+    <w:rsid w:val="7A47B913"/>
+    <w:rsid w:val="7F251DC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-NL" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="020FA700"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6C45C70A-B483-42AD-9ADE-290E37A5F3CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1487,52 +1512,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1599,93 +1624,93 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -1802,430 +1827,440 @@
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00007CDF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00007CDF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00007CDF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00007CDF"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:uiPriority w:val="99"/>
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="7F251DC1"/>
+    <w:rPr>
+      <w:color w:val="467886"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edle@law.eur.nl" TargetMode="External" Id="Rb6b75141c17c4134" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -2476,82 +2511,75 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Akram Zaki</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Akram Zaki</lastModifiedBy>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_SetDate">
     <vt:lpwstr>2025-12-01T15:05:55Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_SiteId">
     <vt:lpwstr>715902d6-f63e-4b8d-929b-4bb170bad492</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_ActionId">
     <vt:lpwstr>2b25b8de-b357-41ce-8989-45af836e023c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>