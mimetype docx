--- v0 (2025-11-13)
+++ v1 (2026-03-26)
@@ -4,1090 +4,1090 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="26D635BD" w14:textId="569D8C62" w:rsidR="00C51F3C" w:rsidRPr="00CA4A92" w:rsidRDefault="0A9ED531" w:rsidP="141A4270">
+    <w:p w:rsidRPr="00CA4A92" w:rsidR="00C51F3C" w:rsidP="141A4270" w:rsidRDefault="0A9ED531" w14:paraId="26D635BD" w14:textId="569D8C62">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA4A92">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Application Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E5E6B4" w14:textId="1BF26D31" w:rsidR="00C51F3C" w:rsidRPr="00CA4A92" w:rsidRDefault="0A9ED531" w:rsidP="5C9FC125">
+    <w:p w:rsidRPr="00CA4A92" w:rsidR="00C51F3C" w:rsidP="5C9FC125" w:rsidRDefault="0A9ED531" w14:paraId="57E5E6B4" w14:textId="1BF26D31">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="281" w:after="281"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4A92">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Civic Engagement in Action: Empowering Researchers and Educators to Make an Impact</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745C50CC" w14:textId="34022DC7" w:rsidR="705FE7C0" w:rsidRPr="00697889" w:rsidRDefault="705FE7C0" w:rsidP="72895092">
+    <w:p w:rsidRPr="00697889" w:rsidR="705FE7C0" w:rsidP="72895092" w:rsidRDefault="705FE7C0" w14:paraId="745C50CC" w14:textId="380B4CE5">
       <w:pPr>
-        <w:keepNext/>
-        <w:keepLines/>
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00697889">
+      <w:r w:rsidRPr="521A02DE" w:rsidR="71D1A951">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions: after filling out this application, please send it to </w:t>
       </w:r>
-      <w:r w:rsidR="00784B58" w:rsidRPr="00697889">
+      <w:r w:rsidRPr="521A02DE" w:rsidR="740657FB">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chiara Stenico</w:t>
       </w:r>
-      <w:r w:rsidRPr="00697889">
+      <w:r w:rsidRPr="521A02DE" w:rsidR="71D1A951">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00784B58" w:rsidRPr="00697889">
+      <w:r w:rsidRPr="521A02DE" w:rsidR="740657FB">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>chiara.stenico@eur.nl</w:t>
       </w:r>
-      <w:r w:rsidRPr="00697889">
+      <w:r w:rsidRPr="521A02DE" w:rsidR="71D1A951">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) by </w:t>
       </w:r>
-      <w:r w:rsidRPr="00697889">
+      <w:r w:rsidRPr="521A02DE" w:rsidR="49B40949">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidR="2129EDD8" w:rsidRPr="00697889">
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>16 February</w:t>
+      </w:r>
+      <w:r w:rsidRPr="521A02DE" w:rsidR="73195EFA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, along with an email from your supervisor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00697889">
+      <w:r w:rsidRPr="521A02DE" w:rsidR="71D1A951">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42275FBD" w14:textId="4DDB0EBD" w:rsidR="72895092" w:rsidRPr="00CA4A92" w:rsidRDefault="72895092" w:rsidP="72895092">
+    <w:p w:rsidRPr="00CA4A92" w:rsidR="72895092" w:rsidP="72895092" w:rsidRDefault="72895092" w14:paraId="42275FBD" w14:textId="4DDB0EBD">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light-Accent1"/>
         <w:tblW w:w="9473" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2055"/>
         <w:gridCol w:w="7418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="1C2ADD59" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="1C2ADD59" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27CE6970" w14:textId="290F0FBC" w:rsidR="6412C1AF" w:rsidRPr="00CA4A92" w:rsidRDefault="6412C1AF" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="6412C1AF" w:rsidP="57852348" w:rsidRDefault="6412C1AF" w14:paraId="27CE6970" w14:textId="290F0FBC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>Name (first, last)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30EFE341" w14:textId="268EF9F0" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="6C96F264" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidP="57852348" w:rsidRDefault="6C96F264" w14:paraId="30EFE341" w14:textId="268EF9F0">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>First name, last name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="2CD85C0A" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="2CD85C0A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="635FFA7A" w14:textId="3D2C9895" w:rsidR="6412C1AF" w:rsidRPr="00CA4A92" w:rsidRDefault="78D05E51" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="6412C1AF" w:rsidP="57852348" w:rsidRDefault="78D05E51" w14:paraId="635FFA7A" w14:textId="3D2C9895">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="6412C1AF" w:rsidRPr="00CA4A92">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:r w:rsidRPr="00CA4A92" w:rsidR="6412C1AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>mail address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03880671" w14:textId="7DE54683" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="3EA01976" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidP="57852348" w:rsidRDefault="3EA01976" w14:paraId="03880671" w14:textId="7DE54683">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>XXX@</w:t>
             </w:r>
-            <w:r w:rsidR="005250DA" w:rsidRPr="00CA4A92">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:r w:rsidRPr="00CA4A92" w:rsidR="005250DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>eur</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>.nl</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="0C11717A" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="0C11717A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43EB7C46" w14:textId="454C55EC" w:rsidR="6412C1AF" w:rsidRPr="00CA4A92" w:rsidRDefault="6412C1AF" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="6412C1AF" w:rsidP="57852348" w:rsidRDefault="6412C1AF" w14:paraId="43EB7C46" w14:textId="454C55EC">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C26E878" w14:textId="1B739B7C" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="30000AD2" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidP="57852348" w:rsidRDefault="30000AD2" w14:paraId="7C26E878" w14:textId="1B739B7C">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>e.g. Associate professor, PhD candidate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="5E0FCF7C" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="5E0FCF7C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38E11C46" w14:textId="423615F4" w:rsidR="30000AD2" w:rsidRPr="00CA4A92" w:rsidRDefault="30000AD2" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="30000AD2" w:rsidP="57852348" w:rsidRDefault="30000AD2" w14:paraId="38E11C46" w14:textId="423615F4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>For PhD candidates: what year are you in?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BFECC25" w14:textId="2102B9AE" w:rsidR="30000AD2" w:rsidRPr="00CA4A92" w:rsidRDefault="30000AD2" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="30000AD2" w:rsidP="57852348" w:rsidRDefault="30000AD2" w14:paraId="2BFECC25" w14:textId="2102B9AE">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>e.g. 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t xml:space="preserve"> year of my PhD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="30C9A120" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="30C9A120" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="185E254F" w14:textId="3BE96D85" w:rsidR="6412C1AF" w:rsidRPr="00CA4A92" w:rsidRDefault="6412C1AF" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="6412C1AF" w:rsidP="57852348" w:rsidRDefault="6412C1AF" w14:paraId="185E254F" w14:textId="3BE96D85">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D14E432" w14:textId="062C06CB" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="4B702A86" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidP="57852348" w:rsidRDefault="4B702A86" w14:paraId="7D14E432" w14:textId="062C06CB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t xml:space="preserve">e.g. </w:t>
             </w:r>
-            <w:r w:rsidR="00951F21" w:rsidRPr="00CA4A92">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:r w:rsidRPr="00CA4A92" w:rsidR="00951F21">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>Erasmus School of Law</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="36B14015" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="36B14015" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66682BF0" w14:textId="5CFC1872" w:rsidR="6412C1AF" w:rsidRPr="00CA4A92" w:rsidRDefault="6412C1AF" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="6412C1AF" w:rsidP="57852348" w:rsidRDefault="6412C1AF" w14:paraId="66682BF0" w14:textId="5CFC1872">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>Motivation (max. 300 words)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66720B06" w14:textId="662263AA" w:rsidR="6412C1AF" w:rsidRPr="00CA4A92" w:rsidRDefault="6412C1AF" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="6412C1AF" w:rsidP="57852348" w:rsidRDefault="6412C1AF" w14:paraId="66720B06" w14:textId="662263AA">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA18A31" w14:textId="2FBAD613" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="1C328A62" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidP="57852348" w:rsidRDefault="1C328A62" w14:paraId="7CA18A31" w14:textId="2FBAD613">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Why do you want to participate in the training? What benefit will it bring to your research/work?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F58791" w14:textId="11215B07" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="5C9FC125" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidP="57852348" w:rsidRDefault="5C9FC125" w14:paraId="53F58791" w14:textId="11215B07">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="297C195E" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="297C195E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E24B65" w14:textId="72CEED77" w:rsidR="6412C1AF" w:rsidRPr="00CA4A92" w:rsidRDefault="6412C1AF" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="6412C1AF" w:rsidP="57852348" w:rsidRDefault="6412C1AF" w14:paraId="07E24B65" w14:textId="72CEED77">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t>Project idea description (max. 300 words)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749FA841" w14:textId="3D209253" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="2D08153A" w:rsidP="57852348">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidP="57852348" w:rsidRDefault="2D08153A" w14:paraId="749FA841" w14:textId="3D209253">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Please, describe your idea for a project that you would like to implement after the training.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="35ACD11A" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="35ACD11A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65A3A953" w14:textId="01B04051" w:rsidR="37CE702B" w:rsidRPr="00CA4A92" w:rsidRDefault="37CE702B" w:rsidP="72895092">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="37CE702B" w:rsidP="72895092" w:rsidRDefault="37CE702B" w14:paraId="65A3A953" w14:textId="01B04051">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t xml:space="preserve">I have obtained and attached an email from my supervisor indicating your availability to attend all sessions and preparations  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="430254B3" w14:textId="0EAE05B4" w:rsidR="06CB9BF8" w:rsidRPr="00CA4A92" w:rsidRDefault="06CB9BF8" w:rsidP="72895092">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="06CB9BF8" w:rsidP="72895092" w:rsidRDefault="06CB9BF8" w14:paraId="430254B3" w14:textId="0EAE05B4">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>yes/no</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4A92" w:rsidRPr="00CA4A92" w14:paraId="11DACA44" w14:textId="77777777" w:rsidTr="72895092">
+      <w:tr w:rsidRPr="00CA4A92" w:rsidR="00CA4A92" w:rsidTr="72895092" w14:paraId="11DACA44" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67E94CB1" w14:textId="6984B662" w:rsidR="06CB9BF8" w:rsidRPr="00CA4A92" w:rsidRDefault="06CB9BF8" w:rsidP="72895092">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="06CB9BF8" w:rsidP="72895092" w:rsidRDefault="06CB9BF8" w14:paraId="67E94CB1" w14:textId="6984B662">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:t xml:space="preserve">I have blocked all relevant afternoons </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>during which the sessions will take place in my calendar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC8B427" w14:textId="0460378D" w:rsidR="06CB9BF8" w:rsidRPr="00CA4A92" w:rsidRDefault="06CB9BF8" w:rsidP="72895092">
+          <w:p w:rsidRPr="00CA4A92" w:rsidR="06CB9BF8" w:rsidP="72895092" w:rsidRDefault="06CB9BF8" w14:paraId="4CC8B427" w14:textId="0460378D">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>yes/no</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0455DB40" w14:textId="453A2B80" w:rsidR="5C9FC125" w:rsidRPr="00CA4A92" w:rsidRDefault="5C9FC125"/>
-    <w:p w14:paraId="40EE0E16" w14:textId="0524943D" w:rsidR="06CB9BF8" w:rsidRPr="00CA4A92" w:rsidRDefault="06CB9BF8" w:rsidP="72895092">
+    <w:p w:rsidRPr="00CA4A92" w:rsidR="5C9FC125" w:rsidRDefault="5C9FC125" w14:paraId="0455DB40" w14:textId="453A2B80"/>
+    <w:p w:rsidRPr="00CA4A92" w:rsidR="06CB9BF8" w:rsidP="72895092" w:rsidRDefault="06CB9BF8" w14:paraId="40EE0E16" w14:textId="0524943D">
       <w:pPr>
         <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4A92">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The training sessions will take place on the following afternoons (13.00-17.00)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49738182" w14:textId="6CCBFCB3" w:rsidR="00474D9C" w:rsidRPr="00474D9C" w:rsidRDefault="00474D9C" w:rsidP="00474D9C">
+    <w:p w:rsidRPr="00474D9C" w:rsidR="00474D9C" w:rsidP="00474D9C" w:rsidRDefault="00474D9C" w14:paraId="49738182" w14:textId="6CCBFCB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Wed </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>8 Apr </w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Stationshuis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>, Delft</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3C23D4" w14:textId="04D77FD6" w:rsidR="00474D9C" w:rsidRPr="00474D9C" w:rsidRDefault="00474D9C" w:rsidP="00474D9C">
+    <w:p w:rsidRPr="00474D9C" w:rsidR="00474D9C" w:rsidP="00474D9C" w:rsidRDefault="00474D9C" w14:paraId="6F3C23D4" w14:textId="04D77FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Wed </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>22 Apr </w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="00F81A1E">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>PLN</w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">T, </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Leiden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7137606B" w14:textId="171C439D" w:rsidR="00474D9C" w:rsidRPr="00474D9C" w:rsidRDefault="00474D9C" w:rsidP="00474D9C">
+    <w:p w:rsidRPr="00474D9C" w:rsidR="00474D9C" w:rsidP="00474D9C" w:rsidRDefault="00474D9C" w14:paraId="7137606B" w14:textId="171C439D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Wed </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>6 May </w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>TUD Library</w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">, Delft </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747AD1FE" w14:textId="6850083B" w:rsidR="00474D9C" w:rsidRPr="00474D9C" w:rsidRDefault="00474D9C" w:rsidP="00474D9C">
+    <w:p w:rsidRPr="00474D9C" w:rsidR="00474D9C" w:rsidP="00474D9C" w:rsidRDefault="00474D9C" w14:paraId="747AD1FE" w14:textId="6850083B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Wed </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>20 May </w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Pauluskerk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>, Rotterdam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D6F77C" w14:textId="4F81A909" w:rsidR="00474D9C" w:rsidRPr="00474D9C" w:rsidRDefault="00474D9C" w:rsidP="00474D9C">
+    <w:p w:rsidRPr="00474D9C" w:rsidR="00474D9C" w:rsidP="00474D9C" w:rsidRDefault="00474D9C" w14:paraId="26D6F77C" w14:textId="4F81A909">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Wed </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>3 Jun </w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Tarwewijk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>, Rotterdam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE10D6A" w14:textId="4144BF90" w:rsidR="00474D9C" w:rsidRPr="00474D9C" w:rsidRDefault="00474D9C" w:rsidP="00474D9C">
+    <w:p w:rsidRPr="00474D9C" w:rsidR="00474D9C" w:rsidP="00474D9C" w:rsidRDefault="00474D9C" w14:paraId="1FE10D6A" w14:textId="4144BF90">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>Wed </w:t>
       </w:r>
       <w:r w:rsidRPr="00474D9C">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>17 Jun </w:t>
       </w:r>
-      <w:r w:rsidR="00F81A1E" w:rsidRPr="00F81A1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="00F81A1E" w:rsidR="00F81A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
         </w:rPr>
         <w:t>at CLI EUR, Rotterdam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E9E9D3" w14:textId="45511463" w:rsidR="72895092" w:rsidRPr="00CA4A92" w:rsidRDefault="72895092" w:rsidP="72895092"/>
-[...1 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:p w:rsidRPr="00CA4A92" w:rsidR="72895092" w:rsidP="72895092" w:rsidRDefault="72895092" w14:paraId="28E9E9D3" w14:textId="45511463"/>
+    <w:sectPr w:rsidRPr="00CA4A92" w:rsidR="72895092">
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1119,147 +1119,147 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78CCDF53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC863E52"/>
     <w:lvl w:ilvl="0" w:tplc="1B747B5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="94B08A72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D82CBEA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="383A7CB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F826772E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="969EC21E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="935C9440">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="ED464C98">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F328D7DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B746FCC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="75CC862E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1344,229 +1344,237 @@
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1647934232">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="148444061">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="1E04079C"/>
     <w:rsid w:val="0001784A"/>
     <w:rsid w:val="00120FEF"/>
     <w:rsid w:val="001456F4"/>
+    <w:rsid w:val="001F5643"/>
     <w:rsid w:val="00474D9C"/>
     <w:rsid w:val="005250DA"/>
     <w:rsid w:val="00571D43"/>
     <w:rsid w:val="00574575"/>
     <w:rsid w:val="00697889"/>
     <w:rsid w:val="00784B58"/>
     <w:rsid w:val="009303A2"/>
     <w:rsid w:val="00951F21"/>
     <w:rsid w:val="00A97FD0"/>
     <w:rsid w:val="00B81428"/>
     <w:rsid w:val="00C51F3C"/>
+    <w:rsid w:val="00C67BA7"/>
     <w:rsid w:val="00CA4A92"/>
     <w:rsid w:val="00D500C4"/>
     <w:rsid w:val="00E2414A"/>
     <w:rsid w:val="00F81A1E"/>
     <w:rsid w:val="06CB9BF8"/>
     <w:rsid w:val="06F668D8"/>
     <w:rsid w:val="0A9ED531"/>
     <w:rsid w:val="0AE6B40D"/>
     <w:rsid w:val="0CD16C88"/>
     <w:rsid w:val="141A4270"/>
     <w:rsid w:val="1C328A62"/>
     <w:rsid w:val="1E04079C"/>
     <w:rsid w:val="2129EDD8"/>
     <w:rsid w:val="21B74623"/>
     <w:rsid w:val="220C0A62"/>
     <w:rsid w:val="298E15D5"/>
     <w:rsid w:val="2D08153A"/>
     <w:rsid w:val="30000AD2"/>
     <w:rsid w:val="37CE702B"/>
     <w:rsid w:val="3EA01976"/>
     <w:rsid w:val="43734CFC"/>
     <w:rsid w:val="4433E30A"/>
+    <w:rsid w:val="49B40949"/>
     <w:rsid w:val="4B702A86"/>
+    <w:rsid w:val="521A02DE"/>
     <w:rsid w:val="57852348"/>
     <w:rsid w:val="5C9FC125"/>
     <w:rsid w:val="640B573C"/>
     <w:rsid w:val="6412C1AF"/>
     <w:rsid w:val="6C96F264"/>
     <w:rsid w:val="6DBAB659"/>
     <w:rsid w:val="6E3C2B40"/>
     <w:rsid w:val="705FE7C0"/>
+    <w:rsid w:val="71D1A951"/>
     <w:rsid w:val="72895092"/>
+    <w:rsid w:val="73195EFA"/>
+    <w:rsid w:val="740657FB"/>
     <w:rsid w:val="74FFF8CF"/>
     <w:rsid w:val="7728F746"/>
     <w:rsid w:val="78D05E51"/>
     <w:rsid w:val="7DB9717F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1E04079C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A5DB3713-C538-45E0-A963-9DADF775D737}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1722,52 +1730,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1834,90 +1842,90 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
@@ -2020,388 +2028,388 @@
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable1Light-Accent1">
     <w:name w:val="Grid Table 1 Light Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+        <w:top w:val="single" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="2" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+          <w:top w:val="double" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="72895092"/>
     <w:rPr>
       <w:color w:val="467886"/>
       <w:u w:val="single"/>
@@ -2669,56 +2677,55 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1861776058">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -2947,179 +2954,253 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F8B3F7E56C00A247A69C8EA47953FB55" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="776fa2bcb4ff6ba6e1d2d1c422f5247c">
-[...2 lines deleted...]
-    <xsd:import namespace="0d882ece-c7f9-427a-9eb8-a5abf84188d7"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D94D052B897C9A4A87D09746467D5103" ma:contentTypeVersion="20" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="6f400869108ca84e90548a7ab444a464">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2397c755-35bc-41f7-8dde-9d13d70ee395" xmlns:ns3="fc0552ec-b7be-44c8-ae17-162206dbdafa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="67229f412d9d98860bef5ab423c7ad77" ns2:_="" ns3:_="">
+    <xsd:import namespace="2397c755-35bc-41f7-8dde-9d13d70ee395"/>
+    <xsd:import namespace="fc0552ec-b7be-44c8-ae17-162206dbdafa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns3:Data_classification_label_document" minOccurs="0"/>
+                <xsd:element ref="ns3:Document_Owner" minOccurs="0"/>
+                <xsd:element ref="ns3:Document_status" minOccurs="0"/>
+                <xsd:element ref="ns3:Retention_type" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="952d7c70-785b-4882-b2ff-2938e777ee09" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2397c755-35bc-41f7-8dde-9d13d70ee395" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
-      </xsd:simpleType>
-[...23 lines deleted...]
-        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d5e0f8d3-5d55-42d7-8108-7e842a0d7440" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d5e0f8d3-5d55-42d7-8108-7e842a0d7440" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="22" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0d882ece-c7f9-427a-9eb8-a5abf84188d7" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fc0552ec-b7be-44c8-ae17-162206dbdafa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9cac0e21-8bdf-4078-9c23-c388c1e872c0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0d882ece-c7f9-427a-9eb8-a5abf84188d7">
+    <xsd:element name="Data_classification_label_document" ma:index="9" nillable="true" ma:displayName="Data classification label document" ma:default="Internal" ma:format="Dropdown" ma:internalName="Data_classification_label_document" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Internal"/>
+          <xsd:enumeration value="Public"/>
+          <xsd:enumeration value="Confidential"/>
+          <xsd:enumeration value="Secret"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Document_Owner" ma:index="10" nillable="true" ma:displayName="Document Owner" ma:default="Content Manager" ma:format="Dropdown" ma:internalName="Document_Owner" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Content Manager"/>
+          <xsd:enumeration value="Manager"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Document_status" ma:index="11" nillable="true" ma:displayName="Document status" ma:default="Final" ma:format="Dropdown" ma:internalName="Document_status" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Final"/>
+          <xsd:enumeration value="Concept"/>
+          <xsd:enumeration value="Cancelled"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Retention_type" ma:index="12" nillable="true" ma:displayName="Retention type" ma:default="Standard" ma:format="Dropdown" ma:internalName="Retention_type" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Standard"/>
+          <xsd:enumeration value="Tender"/>
+          <xsd:enumeration value="Advice"/>
+          <xsd:enumeration value="AVG Identification"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Administrative"/>
+          <xsd:enumeration value="Financial"/>
+          <xsd:enumeration value="Vault"/>
+          <xsd:enumeration value="Education"/>
+          <xsd:enumeration value="Research"/>
+          <xsd:enumeration value="Project"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f1f72f1d-a857-468f-a924-b0de3c2dd60a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fc0552ec-b7be-44c8-ae17-162206dbdafa">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="25" nillable="true" ma:displayName="Gedeeld met" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="26" nillable="true" ma:displayName="Gedeeld met details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -3165,120 +3246,119 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2397c755-35bc-41f7-8dde-9d13d70ee395">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fc0552ec-b7be-44c8-ae17-162206dbdafa" xsi:nil="true"/>
+    <Data_classification_label_document xmlns="fc0552ec-b7be-44c8-ae17-162206dbdafa">Internal</Data_classification_label_document>
+    <Document_Owner xmlns="fc0552ec-b7be-44c8-ae17-162206dbdafa">Content Manager</Document_Owner>
+    <Document_status xmlns="fc0552ec-b7be-44c8-ae17-162206dbdafa">Final</Document_status>
+    <Retention_type xmlns="fc0552ec-b7be-44c8-ae17-162206dbdafa">Standard</Retention_type>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{518722A0-B695-435C-A9D2-403CD9444135}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2D38B49-0A4F-477B-8183-AA5AFA395824}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DD45FE3-6794-4BFC-8699-2038C1CA959C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="12bfa3c6-642b-43fc-a2fb-3892ae41b4fe"/>
     <ds:schemaRef ds:uri="d7183f91-9bc1-4815-a8cc-657456d3f3e2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tanya Yankelevich</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Chiara Stenico</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F8B3F7E56C00A247A69C8EA47953FB55</vt:lpwstr>
+    <vt:lpwstr>0x010100D94D052B897C9A4A87D09746467D5103</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_SetDate">
     <vt:lpwstr>2024-12-16T09:55:39Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_SiteId">
     <vt:lpwstr>715902d6-f63e-4b8d-929b-4bb170bad492</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_ActionId">
     <vt:lpwstr>8e671dca-754e-42b8-a399-5fdbe20ce764</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>