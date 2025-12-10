--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -1,89 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29518"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\74266paj\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://liveeur-my.sharepoint.com/personal/74266paj_eur_nl1/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{851B19D9-6C0F-4F52-82A7-F314B161BAB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B1F83577-E860-4ABC-AE0D-8D604F486307}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1560" windowWidth="21600" windowHeight="11325" xr2:uid="{267D9067-FB93-41FD-AF0C-55169AD07564}"/>
+    <workbookView xWindow="25080" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{267D9067-FB93-41FD-AF0C-55169AD07564}"/>
   </bookViews>
   <sheets>
-    <sheet name="CourseList (version 27-11-2024)" sheetId="2" r:id="rId1"/>
+    <sheet name="CourseList" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CourseList (version 27-11-2024)'!$A$2:$G$62</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">CourseList!$A$2:$G$58</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="127">
+  <si>
+    <t>Course Offer Spring 2025 - 2026 (Version2 November 2025)</t>
+  </si>
   <si>
     <t>Term</t>
   </si>
   <si>
     <t>Department</t>
   </si>
   <si>
     <t>BA or MA</t>
   </si>
   <si>
     <t>Course code</t>
   </si>
   <si>
     <t>Course name</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>Arts &amp; Culture</t>
   </si>
   <si>
@@ -116,557 +119,632 @@
   <si>
     <t>Basic economic knowledge required</t>
   </si>
   <si>
     <t>CC3004</t>
   </si>
   <si>
     <t>Future scenarios for the cultural sector</t>
   </si>
   <si>
     <t>CC3105</t>
   </si>
   <si>
     <t>Advanced Economic Aspects of Cultural Industries</t>
   </si>
   <si>
     <t>History</t>
   </si>
   <si>
     <t>CH2203</t>
   </si>
   <si>
     <t>Emerging Economies and Global Labour</t>
   </si>
   <si>
-    <t>7.5</t>
-[...1 lines deleted...]
-  <si>
     <t>CH2205</t>
   </si>
   <si>
     <t>Migration, Citizenship and Identity in a Globalizing World</t>
   </si>
   <si>
     <t>Media &amp; Communication</t>
   </si>
   <si>
     <t>CM1008</t>
   </si>
   <si>
     <t>Media Systems in Comparative Perspective</t>
   </si>
   <si>
     <t>CM1009</t>
   </si>
   <si>
     <t>Communication as a Social Force</t>
   </si>
   <si>
+    <t>CM2020</t>
+  </si>
+  <si>
+    <t>Creative Cultures and Platforms</t>
+  </si>
+  <si>
+    <t>CM2022</t>
+  </si>
+  <si>
+    <t>Trust and Trust-Alternatives in Strategic Communication</t>
+  </si>
+  <si>
+    <t>CM2026</t>
+  </si>
+  <si>
+    <t>Intercultural Communication at Work</t>
+  </si>
+  <si>
+    <t>CM2027</t>
+  </si>
+  <si>
+    <t>Cultural Identities and New Media</t>
+  </si>
+  <si>
+    <t>CM2054</t>
+  </si>
+  <si>
+    <t>Media and Consumer Culture</t>
+  </si>
+  <si>
+    <t>CM2060</t>
+  </si>
+  <si>
+    <t>Cinema and Society</t>
+  </si>
+  <si>
+    <t>CM2065</t>
+  </si>
+  <si>
+    <t>Argumentation and Rethoric in the Public Sphere</t>
+  </si>
+  <si>
+    <t>CM2066</t>
+  </si>
+  <si>
+    <t>Privacy, Surveillance and New Media Technologies</t>
+  </si>
+  <si>
+    <t>CM2072</t>
+  </si>
+  <si>
+    <t>Consumer Behavior &amp; Marketing Action</t>
+  </si>
+  <si>
+    <t>CM2074</t>
+  </si>
+  <si>
+    <t>Social Media Marketing</t>
+  </si>
+  <si>
+    <t>CM2080</t>
+  </si>
+  <si>
+    <t>Television Industries in the Age of Streaming</t>
+  </si>
+  <si>
+    <t>CM2081</t>
+  </si>
+  <si>
+    <t>Consumer Perceptions of Corporate Social Responsibility</t>
+  </si>
+  <si>
+    <t>CM2083B</t>
+  </si>
+  <si>
+    <t>Consumer behavior and Brand Loyalty</t>
+  </si>
+  <si>
+    <t>CM2090</t>
+  </si>
+  <si>
+    <t>Technology, Media and Identity</t>
+  </si>
+  <si>
+    <t>CM2091</t>
+  </si>
+  <si>
+    <t>Media, Games, and Creative Industry</t>
+  </si>
+  <si>
+    <t>CM2092</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence (AI) for Social Design</t>
+  </si>
+  <si>
+    <t>CM2094</t>
+  </si>
+  <si>
+    <t>Sustainability Communication: Systemic Approaches</t>
+  </si>
+  <si>
+    <t>CM2095</t>
+  </si>
+  <si>
+    <t>Crisis Management: Leadership in Action</t>
+  </si>
+  <si>
+    <t>CM2230</t>
+  </si>
+  <si>
+    <t>Media and Politics</t>
+  </si>
+  <si>
+    <t>CM2234</t>
+  </si>
+  <si>
+    <t>ICTs and Emerging Markets</t>
+  </si>
+  <si>
+    <t>CM3010</t>
+  </si>
+  <si>
+    <t>Communication Ethics</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>CM4105</t>
+  </si>
+  <si>
+    <t>Strategic Mass Communication</t>
+  </si>
+  <si>
+    <t>Only available to Master students</t>
+  </si>
+  <si>
+    <t>CM4110</t>
+  </si>
+  <si>
+    <t>Leadership Communication: Strategies and Trends</t>
+  </si>
+  <si>
+    <t>CM4111</t>
+  </si>
+  <si>
+    <t>Digital News Media</t>
+  </si>
+  <si>
+    <t>CM4606</t>
+  </si>
+  <si>
+    <t>Unboxing the Algorithm</t>
+  </si>
+  <si>
+    <t>CM4491</t>
+  </si>
+  <si>
+    <t>Media Policies and Markets</t>
+  </si>
+  <si>
+    <t>ESHCC</t>
+  </si>
+  <si>
+    <t>BA &amp; MA</t>
+  </si>
+  <si>
+    <t>FC0031</t>
+  </si>
+  <si>
+    <t>Feeling Orange - Perspectives on Dutch Culture</t>
+  </si>
+  <si>
+    <t>CC1021</t>
+  </si>
+  <si>
+    <t>Arts, Culture and the Media</t>
+  </si>
+  <si>
+    <t>CC1022</t>
+  </si>
+  <si>
+    <t>Cultural and Creative Industries</t>
+  </si>
+  <si>
+    <t>CH2204</t>
+  </si>
+  <si>
+    <t>Capitalism and Inequality</t>
+  </si>
+  <si>
+    <t>CH2206</t>
+  </si>
+  <si>
+    <t>Religion, Culture and Global Encounters</t>
+  </si>
+  <si>
+    <t>CH2230</t>
+  </si>
+  <si>
+    <t>Philosophy of History in a Globalizing World.</t>
+  </si>
+  <si>
     <t>CM1014</t>
   </si>
   <si>
     <t>Communication and Organisations</t>
   </si>
   <si>
-    <t>CM2010</t>
-[...44 lines deleted...]
-    <t>Consumer Behavior &amp; Marketing Action</t>
+    <t>CM1016</t>
+  </si>
+  <si>
+    <t>Emerging Digital Contexts</t>
+  </si>
+  <si>
+    <t>CM2023</t>
+  </si>
+  <si>
+    <t>Digital games and society in the age of the metaverse</t>
+  </si>
+  <si>
+    <t>CM2029</t>
+  </si>
+  <si>
+    <t>Digital Media Analysis</t>
+  </si>
+  <si>
+    <t>CM2064</t>
+  </si>
+  <si>
+    <t>Cinemas in Context</t>
+  </si>
+  <si>
+    <t>CM2071</t>
+  </si>
+  <si>
+    <t>Science Fiction and Media</t>
   </si>
   <si>
     <t>CM2073</t>
   </si>
   <si>
     <t>Media in Latin-America</t>
   </si>
   <si>
-    <t>CM2074</t>
-[...214 lines deleted...]
-  <si>
     <t>CM2083</t>
   </si>
   <si>
     <t>Consumer Behavior and Brand Loyalty</t>
   </si>
   <si>
-    <t>CM2087</t>
-[...2 lines deleted...]
-    <t>Public Speaking</t>
+    <t>CM2089</t>
+  </si>
+  <si>
+    <t>Message Framing and Persuasion</t>
   </si>
   <si>
     <t>CM2097</t>
   </si>
   <si>
     <t>Environmental Protest Culture and Media</t>
   </si>
   <si>
+    <t>CM2233</t>
+  </si>
+  <si>
+    <t>Democratizing Platforms: Public Values in Social Media</t>
+  </si>
+  <si>
     <t>CM2252</t>
   </si>
   <si>
     <t>Transmedia Entertainment &amp; Marketing</t>
   </si>
   <si>
     <t>CM2293</t>
   </si>
   <si>
     <t>Digital Marketing</t>
-  </si>
-[...7 lines deleted...]
-    <t>Course Offer Spring 2024 - 2025 (Version November 2024)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="0"/>
       <name val="Calibri "/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-[...1 lines deleted...]
-    <cellStyle name="Title" xfId="1" builtinId="15"/>
+  <cellStyles count="3">
+    <cellStyle name="Standaard" xfId="0" builtinId="0"/>
+    <cellStyle name="Standaard 2" xfId="2" xr:uid="{51CF63C0-C8FC-4FE2-AF2F-2A85E6D96FBD}"/>
+    <cellStyle name="Titel" xfId="1" builtinId="15"/>
   </cellStyles>
-  <dxfs count="2">
+  <dxfs count="10">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -728,51 +806,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -870,721 +948,721 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{658CB93F-9DEE-473C-AC98-CB92272E487C}">
-  <dimension ref="A1:G63"/>
+  <dimension ref="A1:G57"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:G1"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="A26" sqref="A26:XFD26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="61" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="31.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="36.6" customHeight="1">
-      <c r="A1" s="6" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="6"/>
+      <c r="A1" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3">
         <v>3</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F3" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>3</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
         <v>5</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>3</v>
       </c>
       <c r="B7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>3</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F9" s="3" t="s">
         <v>25</v>
+      </c>
+      <c r="F9" s="3">
+        <v>7.5</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>3</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="F10" s="3" t="s">
-        <v>25</v>
+      <c r="F10" s="3">
+        <v>7.5</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
         <v>5</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
-[...9 lines deleted...]
-      <c r="D13" t="s">
+    <row r="13" spans="1:7" s="6" customFormat="1">
+      <c r="A13" s="6">
+        <v>3</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="E13" t="s">
+      <c r="E13" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="F13" s="3">
-[...13 lines deleted...]
-      <c r="D14" t="s">
+      <c r="F13" s="8">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="6" customFormat="1">
+      <c r="A14" s="6">
+        <v>3</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="E14" t="s">
+      <c r="E14" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="F14" s="3">
+      <c r="F14" s="8">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>3</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>3</v>
       </c>
       <c r="B16" t="s">
         <v>28</v>
       </c>
       <c r="C16" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>39</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>3</v>
       </c>
       <c r="B17" t="s">
         <v>28</v>
       </c>
       <c r="C17" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>3</v>
       </c>
       <c r="B18" t="s">
         <v>28</v>
       </c>
       <c r="C18" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>3</v>
       </c>
       <c r="B19" t="s">
         <v>28</v>
       </c>
       <c r="C19" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>3</v>
       </c>
       <c r="B20" t="s">
         <v>28</v>
       </c>
       <c r="C20" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>3</v>
       </c>
       <c r="B21" t="s">
         <v>28</v>
       </c>
       <c r="C21" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D21" t="s">
         <v>49</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>3</v>
       </c>
       <c r="B22" t="s">
         <v>28</v>
       </c>
       <c r="C22" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D22" t="s">
         <v>51</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>3</v>
       </c>
       <c r="B23" t="s">
         <v>28</v>
       </c>
       <c r="C23" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>3</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D24" t="s">
         <v>55</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>3</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
         <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>3</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D26" t="s">
         <v>59</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>3</v>
       </c>
       <c r="B27" t="s">
         <v>28</v>
       </c>
       <c r="C27" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
         <v>61</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>3</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D28" t="s">
         <v>63</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>3</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
         <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>3</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D30" t="s">
         <v>67</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>3</v>
       </c>
       <c r="B31" t="s">
         <v>28</v>
       </c>
       <c r="C31" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
         <v>69</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>3</v>
       </c>
       <c r="B32" t="s">
         <v>28</v>
       </c>
       <c r="C32" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D32" t="s">
         <v>71</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>3</v>
       </c>
       <c r="B33" t="s">
         <v>28</v>
       </c>
       <c r="C33" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D33" t="s">
         <v>73</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>3</v>
       </c>
       <c r="B34" t="s">
         <v>28</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="4" t="s">
@@ -1669,603 +1747,500 @@
     <row r="38" spans="1:7">
       <c r="A38">
         <v>3</v>
       </c>
       <c r="B38" t="s">
         <v>28</v>
       </c>
       <c r="C38" t="s">
         <v>75</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>86</v>
       </c>
       <c r="F38" s="3">
         <v>5</v>
       </c>
       <c r="G38" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B39" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
       <c r="C39" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>88</v>
+      </c>
+      <c r="D39" t="s">
+        <v>89</v>
+      </c>
+      <c r="E39" t="s">
+        <v>90</v>
       </c>
       <c r="F39" s="3">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B40" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>88</v>
+        <v>9</v>
+      </c>
+      <c r="D40" t="s">
+        <v>91</v>
+      </c>
+      <c r="E40" t="s">
+        <v>92</v>
       </c>
       <c r="F40" s="3">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B41" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>9</v>
+      </c>
+      <c r="D41" t="s">
+        <v>93</v>
+      </c>
+      <c r="E41" t="s">
+        <v>94</v>
       </c>
       <c r="F41" s="3">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>4</v>
       </c>
       <c r="B42" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="C42" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D42" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E42" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F42" s="3">
-        <v>5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>4</v>
       </c>
       <c r="B43" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="C43" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D43" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E43" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F43" s="3">
-        <v>10</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>4</v>
       </c>
       <c r="B44" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="C44" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D44" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E44" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F44" s="3">
-        <v>5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>4</v>
       </c>
       <c r="B45" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C45" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D45" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E45" t="s">
-        <v>100</v>
-[...6 lines deleted...]
-      <c r="A46">
+        <v>102</v>
+      </c>
+      <c r="F45" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="6" customFormat="1">
+      <c r="A46" s="6">
         <v>4</v>
       </c>
-      <c r="B46" t="s">
-[...12 lines deleted...]
-        <v>25</v>
+      <c r="B46" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F46" s="8">
+        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>4</v>
       </c>
       <c r="B47" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C47" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>9</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>105</v>
       </c>
       <c r="E47" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>106</v>
+      </c>
+      <c r="F47" s="3">
+        <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>4</v>
       </c>
       <c r="B48" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C48" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D48" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E48" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>108</v>
+      </c>
+      <c r="F48" s="3">
+        <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>4</v>
       </c>
       <c r="B49" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C49" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D49" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E49" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>110</v>
+      </c>
+      <c r="F49" s="3">
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>28</v>
       </c>
       <c r="C50" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D50" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E50" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F50" s="3">
         <v>5</v>
       </c>
     </row>
-    <row r="51" spans="1:6">
-      <c r="A51">
+    <row r="51" spans="1:6" s="6" customFormat="1">
+      <c r="A51" s="6">
         <v>4</v>
       </c>
-      <c r="B51" t="s">
-[...11 lines deleted...]
-      <c r="F51" s="3">
+      <c r="B51" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F51" s="8">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>4</v>
       </c>
       <c r="B52" t="s">
         <v>28</v>
       </c>
       <c r="C52" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D52" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E52" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F52" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:6">
-      <c r="A53">
+      <c r="A53" s="6">
         <v>4</v>
       </c>
-      <c r="B53" t="s">
-[...11 lines deleted...]
-      <c r="F53" s="3">
+      <c r="B53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F53" s="8">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>4</v>
       </c>
       <c r="B54" t="s">
         <v>28</v>
       </c>
       <c r="C54" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D54" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E54" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F54" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
         <v>4</v>
       </c>
       <c r="B55" t="s">
         <v>28</v>
       </c>
       <c r="C55" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D55" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E55" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F55" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
         <v>4</v>
       </c>
       <c r="B56" t="s">
         <v>28</v>
       </c>
       <c r="C56" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D56" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E56" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F56" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
         <v>4</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D57" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E57" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F57" s="3">
         <v>5</v>
       </c>
     </row>
-    <row r="58" spans="1:6">
-[...118 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A2:G62" xr:uid="{658CB93F-9DEE-473C-AC98-CB92272E487C}">
-[...1 lines deleted...]
-      <sortCondition ref="D2:D62"/>
+  <autoFilter ref="A2:G58" xr:uid="{658CB93F-9DEE-473C-AC98-CB92272E487C}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:G57">
+      <sortCondition ref="D2:D57"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:G63">
-    <sortCondition ref="A2:A63"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:G58">
+    <sortCondition ref="A2:A58"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
+  <phoneticPr fontId="5" type="noConversion"/>
   <conditionalFormatting sqref="D1">
-    <cfRule type="duplicateValues" dxfId="1" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="9" priority="11"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="D2">
+    <cfRule type="duplicateValues" dxfId="8" priority="12"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D13:D14">
+    <cfRule type="duplicateValues" dxfId="7" priority="3"/>
+    <cfRule type="duplicateValues" dxfId="6" priority="4"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D46">
+    <cfRule type="duplicateValues" dxfId="5" priority="9"/>
+    <cfRule type="duplicateValues" dxfId="4" priority="10"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D51">
+    <cfRule type="duplicateValues" dxfId="3" priority="7"/>
+    <cfRule type="duplicateValues" dxfId="2" priority="8"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D53">
+    <cfRule type="duplicateValues" dxfId="1" priority="1"/>
     <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ea4c8347-4b20-4b2c-ad9c-88c1c3e3f498">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f83fa952-482c-45aa-987f-33b0d7fd363c" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010047FA9D4ABFA8704E91BE2A94276798B9" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="613fa83cef082f81b967323b561df7d8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea4c8347-4b20-4b2c-ad9c-88c1c3e3f498" xmlns:ns3="f83fa952-482c-45aa-987f-33b0d7fd363c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9b534d11e822064ed7c50952ff90ab2" ns2:_="" ns3:_="">
     <xsd:import namespace="ea4c8347-4b20-4b2c-ad9c-88c1c3e3f498"/>
     <xsd:import namespace="f83fa952-482c-45aa-987f-33b0d7fd363c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -2456,135 +2431,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F6F276-2911-4509-89B2-7394D038EF8A}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F6F276-2911-4509-89B2-7394D038EF8A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87C719A9-D183-49F2-8453-00C91AC7A63C}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C42544F7-2090-457F-ACD2-C00A3FD9B9E7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C42544F7-2090-457F-ACD2-C00A3FD9B9E7}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87C719A9-D183-49F2-8453-00C91AC7A63C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Yara de Kwaasteniet</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_SetDate">
     <vt:lpwstr>2023-10-10T11:49:01Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8772ba27-cab8-4042-a351-a31f6e4eacdc_SiteId">
     <vt:lpwstr>715902d6-f63e-4b8d-929b-4bb170bad492</vt:lpwstr>
   </property>